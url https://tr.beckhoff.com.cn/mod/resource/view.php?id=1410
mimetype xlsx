--- v0 (2025-10-08)
+++ v1 (2025-12-01)
@@ -1,429 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\迅雷下载\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yorkzhou\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F08C3D38-E252-4BFD-8346-1BAD10758090}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="11580"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{370BD598-0874-4225-9DC8-022ED14834CE}"/>
   </bookViews>
   <sheets>
-    <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
+    <sheet name="表1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Tabelle1!$A$1:$F$204</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">表1!$A$1:$G$163</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="686" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="540" uniqueCount="119">
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Variante</t>
   </si>
   <si>
     <t>24V</t>
   </si>
   <si>
     <t>24V USV</t>
   </si>
   <si>
     <t>110-230V</t>
   </si>
   <si>
-    <t>100-240V</t>
-[...1 lines deleted...]
-  <si>
     <t>115-230V</t>
   </si>
   <si>
     <t>230V</t>
-  </si>
-[...1 lines deleted...]
-    <t>C6110-0000</t>
   </si>
   <si>
     <t>B2-Nr.</t>
   </si>
   <si>
     <t>509758</t>
   </si>
   <si>
     <t>175910</t>
   </si>
   <si>
     <t>122231</t>
   </si>
   <si>
     <t>175920</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Industrie-PC, Stecker mit Zugentlastung für das externe Zuleitungskabel mit Aufkleber 230 V
 Power supply connector for Industrial PC, plug with strain relief for the externale power supply cable with label 230 V</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Industrie-PC, Stecker mit Zugentlastung für das externe Zuleitungskabel mit Aufkleber 24 V
 Power supply connector for Industrial PC, plug with strain relief for
 the externale power supply cable with label 24 V</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Industrie-PC, Stecker mit Zugentlastung für das externe Zuleitungskabel mit Aufkleber 24 V und Akku
 Power supply connector for Industrial PC, plug with
 strain relief for the externale power supply cable
 with label 24 V and battery</t>
   </si>
   <si>
     <t>C9900-P913</t>
   </si>
   <si>
     <t>C9900-P917</t>
   </si>
   <si>
     <t>C9900-P914</t>
   </si>
   <si>
-    <t>Stromversorgungsstecker für Industrie-PC C63xx, 2 5-polige Stecker  mit Zugentlastung für die externen Zuleitungskabel 
-[...2 lines deleted...]
-  <si>
     <t>Schaltsignalstecker für Industrie-PC, 3-poliger Stecker mit 
 Zugentlastung für das externe Schaltsignalkabel (PC-ON, PWR-Status)
 Power signal connector for Industrial PC, 3-pin connector with
 strain relief for the external power signal cable (PC-ON, PWR-Status)</t>
   </si>
   <si>
     <t>C9900-P916</t>
-  </si>
-[...1 lines deleted...]
-    <t>C9900-P921</t>
   </si>
   <si>
     <t>C9900-P922</t>
   </si>
   <si>
     <t>121952</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
-    <t>B2-Description</t>
-[...2 lines deleted...]
-    <t>B2-Sales text</t>
+    <t>German List Price (€)</t>
   </si>
   <si>
     <t>C9900-P926</t>
   </si>
   <si>
     <t>C9900-P927</t>
   </si>
   <si>
     <t>C9900-P918</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Einbau Control Panel, Stecker mit
 Zugentlastung für das externe Zuleitungskabel mit Aufkleber 24 V
 Power supply connector for built-in Control Panel, plug with strain
 relief for the externale power supply cable with label 24 V</t>
   </si>
   <si>
     <t>C9900-P928</t>
   </si>
   <si>
     <t>C9900-P929</t>
   </si>
   <si>
     <t>Stromversorgungsstecker 90° abgewinkelt für Industrie-PC CP71xx ab Intel® Celeron® M/Pentium® M, Stecker für das externe Zuleitungskabel mit Aufkleber 24 V und Akku
 Power supply connector 90° angled for Industrial PC CP71xx with Intel® Celeron® M/Pentium® M or higher, plug for the externale power supply cable with label 24 V and battery</t>
   </si>
   <si>
     <t>Stromversorgungsstecker 90° abgewinkelt für Industrie-PC CP71xx ab Intel® Celeron® M/Pentium® M, Stecker für das externe Zuleitungskabel mit Aufkleber 24 V
 Power supply connector 90° angled for Industrial PC CP71xx with Intel® Celeron® M/Pentium® M or higher, plug for the externale power supply cable with label 24 V</t>
   </si>
   <si>
     <t>C9900-K271</t>
   </si>
   <si>
     <t>C9900-K272</t>
   </si>
   <si>
-    <t>C9900-K273</t>
-[...9 lines deleted...]
-  <si>
     <t>C9900-K451</t>
-  </si>
-[...61 lines deleted...]
-    <t>CP63xx-0040</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Control Panel CP69xx oder CP66xx, 
 5-poliger Stecker mit Zugentlastung für das externen Zuleitungskabel 
 Power supply connector for Control Panel CP69xx or CP66xx, 5-pin 
 connector with strain relief for the external power supply cable</t>
-  </si>
-[...4 lines deleted...]
-    <t>C63xx-0040</t>
   </si>
   <si>
     <t>CP64xx</t>
   </si>
   <si>
     <t>CP65xx</t>
   </si>
   <si>
     <t>CP67xx</t>
   </si>
   <si>
     <t>CP68xx</t>
   </si>
   <si>
     <t>CP69xx</t>
   </si>
   <si>
     <t>CP71xx</t>
   </si>
   <si>
     <t>CP72xx</t>
   </si>
   <si>
     <t>CP77xx</t>
   </si>
   <si>
     <t>CP78xx</t>
   </si>
   <si>
-    <t>Stromversorgungskabel IP 65 für CP72xx, Länge 30 m, vorkonfektioniert, M23-Buchse, schraubbar, 8-adrig, zweites Ende offen
-[...2 lines deleted...]
-  <si>
     <t>CP66xx</t>
   </si>
   <si>
     <t>CP79xx</t>
   </si>
   <si>
     <t>Measures</t>
   </si>
   <si>
     <t xml:space="preserve">24V </t>
   </si>
   <si>
     <t>CP62xx</t>
   </si>
   <si>
     <t>diverse</t>
   </si>
   <si>
     <t>C9900-K452</t>
   </si>
   <si>
     <t xml:space="preserve">Stromversorgungskabel für Industrie-PCs,
 230 V Version mit Schuko Stecker, Länge 3,0m
 Power supply cable for Industrial PCs,
 230 V version with Schuko connector, length 3.0m
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>CU8xxx</t>
   </si>
   <si>
     <t>24 V</t>
   </si>
   <si>
     <t>C9900-P932</t>
   </si>
   <si>
     <t xml:space="preserve">Stromversorgungsstecker für CU8005, CU8820, CU8850, CU8860, 
 3-poliger Stecker mit Zugfederanschluß, für die externen
 Zuleitungskabel
 Power supply connector for CU8805, CU8820, CU8850, CU8860,
 3-pin connector with tension clamp contact, for the external
 Power suppy cables
 </t>
   </si>
   <si>
     <t>C6640</t>
   </si>
   <si>
     <t>C9900-P934</t>
   </si>
   <si>
     <t xml:space="preserve">Schaltsignalstecker für Industrie-PC, 
 Stecker mit Zugentlastung für das externe 
 Schaltsignalkabel, 5-poliger Stecker
 Power signal connector for industrial pc, 
 plug with strain relief for the external power 
 signal cable, 5 pin plug
 </t>
   </si>
   <si>
     <t>C6650</t>
-  </si>
-[...40 lines deleted...]
-    <t>C69xx-0000</t>
   </si>
   <si>
     <t>CP29xx</t>
   </si>
   <si>
     <t>CP39xx</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Industrie-PC C63xx-0000, C32xx, CP39xx, CP77xx, CP78xx, CP79xx Rundsteckerstecker IP65 mit Zugentlastung für das externe Zuleitungskabel
 Power supply connector for Industrial PC C63xx-0000, C32xx, CP39xx, CP77xx, CP78xx, CP79xx round plug IP65 with strain relief for the externale power supply cable</t>
   </si>
   <si>
     <t>CP27xx</t>
   </si>
   <si>
     <t>CP26xx</t>
   </si>
   <si>
     <t>CP22xx</t>
   </si>
   <si>
     <t>CP37xx</t>
   </si>
   <si>
     <t>CP32xx</t>
@@ -439,119 +313,214 @@
   </si>
   <si>
     <t>Stromversorgungskabel IP 65 für CP32xx, CP37xx oder CP72xx bis 
 19-Zoll-Display, Länge 5 m, vorkonfektioniert, M23-Buchse, schraubbar, 8-adrig, zweites Ende offen
 power supply cable IP 65 for CP32xx, CP37xx or CP72xx up to 
 19-inch display, length 5 m, assembled, M23 connector, screw type, 8 wires, second end open</t>
   </si>
   <si>
     <t>Stromversorgungskabel IP 65 für CP32xx, CP37xx oder CP72xx bis 
 19-Zoll-Display, Länge 10 m, vorkonfektioniert, M23-Buchse, schraubbar, 8-adrig, zweites Ende offen
 power supply cable IP 65 for CP32xx, CP37xx or CP72xx up to 
 19-inch display, length 10 m, assembled, M23 connector, screw type, 8 wires, second end open</t>
   </si>
   <si>
     <t>Stromversorgungskabel IP 65 für CP32xx und CP37xx bis 
 24-Zoll-Display, Länge 5 m, vorkonfektioniert, M23-Buchse, schraubbar, 12-adrig, zweites Ende offen
 power supply cable IP 65 for CP32xx and CP37xx up to 
 24-inch display, length 5 m, assembled, M23 connector, screw type, 12 wires, second end open</t>
   </si>
   <si>
     <t>Stromversorgungskabel IP 65 für CP32xx und CP37xx bis 
 24-Zoll-Display, Länge 10 m, vorkonfektioniert, M23-Buchse, schraubbar, 12-adrig, zweites Ende offen
 power supply cable IP 65 for CP32xx and CP37xx up to 24-inch display, length 10 m, assembled, M23 connector, screw type, 12 wires, second end open</t>
   </si>
   <si>
-    <t>Stromversorgungskabel IP 65 für CP32xx, CP37xx oder CP72xx bis 
-[...4 lines deleted...]
-  <si>
     <t>C6515</t>
   </si>
   <si>
     <t>C6525</t>
   </si>
   <si>
     <t>C6905</t>
   </si>
   <si>
     <t>C9900-P943</t>
-  </si>
-[...2 lines deleted...]
-Power supply connector for Industrial PC C6905 and CP6706</t>
   </si>
   <si>
     <t>C6670</t>
   </si>
   <si>
     <t>CP6606</t>
   </si>
   <si>
     <t>CP67xx-0040/-0050</t>
   </si>
   <si>
     <t xml:space="preserve">Stromversorgungskabel für Industrie-PCs C32xx, C5xxx, C66xx,
  230 V Version mit Schuko-Stecker, Länge 1,5 m
 Power supply cable for Industrial PCs C32xx, C5xxx, C66xx,
 230 V version with Schuko connector, length 1.5 m
 </t>
   </si>
   <si>
     <t>CP6706</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Industrie-PC C5210, C63xx, C65xx, C69xx, CP22xx, CP26xx, CP27xx, CP62xx, CP63xx oder CP67xx, 
 8-poliger Stecker mit Zugentlastung für die externen Zuleitungskabel
 Power supply connector for Industrial PC C5210, C63xx, C65xx, C69xx, CP22xx, CP26xx, CP27xx, CP62xx, CP63xx  or CP67xx, 
 8-pin connectors with strain relief for the external power supply cables</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für Industrie-PC C5210, C63xx, C65xx, C69xx, CP22xx, CP27xx, CP62xx, CP63xx oder CP67xx, 
 8-poliger Stecker mit Zugentlastung für die externen Zuleitungskabel
 Power supply connector for Industrial PC C5210, C63xx, C65xx, C69xx, CP22xx, CP27xx, CP62xx, CP63xx  or CP67xx, 
 8-pin connectors with strain relief for the external power supply cables</t>
   </si>
   <si>
     <t>C9900-P944</t>
   </si>
   <si>
     <t>Stromversorgungsstecker für CU8xxx und externe Backplane Boxen C9900-E249/E250/E251, 3-poliger Stecker mit Zugfederanschluß, für die externen Zuleitungskabel
 Power supply connector for CU8xxx and external backplane box
 C9900-E249/E250/E251, 3-pin connector with tension clamp contact,for the external power supply cables</t>
   </si>
+  <si>
+    <t>C60xx</t>
+  </si>
+  <si>
+    <t>Stromversorgungsstecker für Industrie-PC C60xx, C6905, CP6700 und CP6706
+Power supply connector for Industrial PC C60xx, C6905, CP6700 and CP6706</t>
+  </si>
+  <si>
+    <t>Sales text</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>C32xx</t>
+  </si>
+  <si>
+    <t>C33xx</t>
+  </si>
+  <si>
+    <t>C36xx</t>
+  </si>
+  <si>
+    <t>C500x</t>
+  </si>
+  <si>
+    <t>C510x</t>
+  </si>
+  <si>
+    <t>C5210</t>
+  </si>
+  <si>
+    <t>C55xx</t>
+  </si>
+  <si>
+    <t>C6110/20/30</t>
+  </si>
+  <si>
+    <t>C6140/50</t>
+  </si>
+  <si>
+    <t>C6210/20/40</t>
+  </si>
+  <si>
+    <t>C63xx</t>
+  </si>
+  <si>
+    <t>C69xx</t>
+  </si>
+  <si>
+    <t>CP63xx</t>
+  </si>
+  <si>
+    <t>C5240</t>
+  </si>
+  <si>
+    <t>CU80xx</t>
+  </si>
+  <si>
+    <t>CU88xx</t>
+  </si>
+  <si>
+    <t>Stromversorgungskabel IP 65 für CP32xx, CP37xx oder CP72xx, 
+Länge 20 m, 12-adrig: 24 V Plus, 24 V Minus, Akku Plus und Akku Minus je 2 x 1 mm² für geringen Spannungsabfall, vorkonfektioniert, 
+M23-Buchse, schraubbar, zweites Ende offen
+power supply cable IP 65 for CP32xx, CP37xx or CP72xx, length 20 m, 12 wires: 24 V plus, 24 V minus, battery plus and battery minus each 2 x 1 mm² for low voltage drop, assembled, M23 connector, 
+screw type, second end open</t>
+  </si>
+  <si>
+    <t>C6040</t>
+  </si>
+  <si>
+    <t>C9900-P961</t>
+  </si>
+  <si>
+    <t>Stromversorgungsstecker für Industrie-PC C6040
+Power supply connector for Industrial PC C6040</t>
+  </si>
+  <si>
+    <t>C70xx</t>
+  </si>
+  <si>
+    <t>C7015</t>
+  </si>
+  <si>
+    <t>C9900-K936</t>
+  </si>
+  <si>
+    <t>Link to data sheet</t>
+  </si>
+  <si>
+    <t>Powersteckverbinder, feldkonfektionierbar, Kunststoff, 2,5 mm², AWG14, Push-Pull V4,
+Power, Stecker, schwarz/rot, gerade, Stift, IP65/67, 4-polig, Crimp, 1 Stk
+Power connector, field wireable, plastic, 2.5 mm², AWG14, Push-Pull V4, Power, plug,
+black/red, straight, male, IP65/67, 4-pole, Crimp, 1 Pcs.</t>
+  </si>
+  <si>
+    <t>C9900-K937</t>
+  </si>
+  <si>
+    <t>Powersteckverbinder, feldkonfektionierbar, Kunststoff, 1,5 mm², AWG16, Push-Pull V4,
+Power, Stecker, schwarz/rot, gerade, Stift, IP65/67, 4-polig, Crimp, 1 Stk.
+Power connector, field wireable, plastic, 1.5 mm², AWG16, Push-Pull V4, Power, plug,
+black/red, straight, male, IP65/67, 4-pole, Crimp, 1 Pcs.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="188" formatCode="00000"/>
+    <numFmt numFmtId="190" formatCode="00000"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -560,94 +529,88 @@
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Courier New"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <color indexed="22"/>
-[...4 lines deleted...]
-      <sz val="8"/>
       <color indexed="8"/>
       <name val="Courier New"/>
       <family val="3"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -719,25730 +682,17992 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="149">
+  <cellXfs count="184">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="5" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="2" fontId="4" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="8" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="2" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="188" fontId="8" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="8" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="188" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="188" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="188" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="188" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="4" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="2" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="190" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="190" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="常规" xfId="0" builtinId="0"/>
     <cellStyle name="超链接" xfId="1" builtinId="8"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56625" name="Picture 71" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{846A23EA-BD83-957F-C6AB-1D01D7C5A418}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="12496800"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56626" name="Picture 72" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF5CD77B-978E-45EE-8B29-ACA7DE5AFF4D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="13963650"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56627" name="Picture 73" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5692C54-C868-AFA0-9619-40EC3E6CB4A2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="16906875"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56628" name="Picture 74" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6ED429F-2DC2-9469-83DF-7B02C62E9096}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="12649200"/>
+          <a:ext cx="1524000" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56629" name="Picture 75" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8274BF51-D861-A720-42B9-24ABD3645046}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="14116050"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56630" name="Picture 76" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BA6FE4F-9C59-E720-4190-2D0BA69A7BFE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="17049750"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56631" name="Picture 104" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E510BB4D-1E53-4DD0-28E5-33A2A82C92CF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="23069550"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56632" name="Picture 106" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AF51AFE-986F-3694-C2D9-276C242184C7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="26012775"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2543175</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4067175</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56633" name="Picture 107" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1EF9270-A30C-4F35-00FB-CBC93C7988DC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5362575" y="23221950"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56634" name="Picture 108" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{464F16F2-22BC-8FAB-8BA1-0E312F172FAD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="26155650"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56635" name="Picture 142" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D704FFA-EC53-6611-C576-A9FDD397AEBE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="45815250"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56636" name="Picture 143" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4460643-696F-D3D2-F127-39893DBB2F71}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="45967650"/>
+          <a:ext cx="1524000" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56637" name="Picture 144" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7966C75E-D37D-AFCC-131C-0709BB9A1766}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="47282100"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2514600</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4038600</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56638" name="Picture 145" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{092C7E6F-91C6-C7A3-0C55-B57B589A1488}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5334000" y="47434500"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56639" name="Picture 146" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{252E5D54-5E78-A9DA-7528-E9625AABF914}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="50225325"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56640" name="Picture 147" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00E3D219-482E-6C1C-40F8-1447CC36F51A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="50368200"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56641" name="Picture 186" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D395E771-0C53-9551-AE9B-807D4BFDAAAA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="53301900"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2571750</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56642" name="Picture 187" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F46AB479-BA18-F839-7631-1CEBC95AEA57}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5391150" y="53454300"/>
+          <a:ext cx="1533525" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56643" name="Picture 196" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EC3BDAC-3481-3F86-728C-86CBBF6610BB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="57711975"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56644" name="Picture 197" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4449EBBE-F811-041B-662D-2CF836139918}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="57854850"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56645" name="Picture 198" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4E611C9-D448-2995-0F90-084FA12AC8DC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="59140725"/>
+          <a:ext cx="2390775" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56646" name="Picture 199" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1E3685B-4C48-0935-C76B-2AF35D65C794}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="59140725"/>
+          <a:ext cx="1524000" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56647" name="Picture 200" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71BBE297-2670-075B-698C-799DC957BD4F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="59140725"/>
+          <a:ext cx="2390775" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2514600</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4038600</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56648" name="Picture 201" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3B504C4-8F21-078F-4EBA-9FE014C345AD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5334000" y="59140725"/>
+          <a:ext cx="1524000" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56649" name="Picture 203" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAFCFF2A-F4AC-F14E-F0A4-2B88AFA2D170}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="59140725"/>
+          <a:ext cx="2390775" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56650" name="Picture 204" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE4A982D-41D2-4A9F-6F22-44305AB16648}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="59140725"/>
+          <a:ext cx="1524000" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56651" name="Picture 224" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{632DD145-1020-3A0D-7308-B68A30E7C3F2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="59321700"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56652" name="Picture 225" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7411841A-AE87-E1BD-4152-6099B62FB307}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="59474100"/>
+          <a:ext cx="1524000" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56653" name="Picture 226" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F986F3A6-AC2B-DB52-F149-D72EE1F6EF72}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="60788550"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56654" name="Picture 227" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E035AD5-4E79-ED0D-52B1-C8A520D8ADA6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="60950475"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56655" name="Picture 229" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A860DC75-E1CF-EAD5-DBEF-80B9FF29706C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="63731775"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56656" name="Picture 230" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{283519C2-5641-900E-8497-2DBA6AE08004}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="63874650"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56657" name="Picture 317" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F1C5849-563B-522B-DCE5-C521A328CB0A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="5000625"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56658" name="Picture 318" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53EA36E7-6924-7FB9-349F-DBB346B715B7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="6477000"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56659" name="Picture 319" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{604B42D2-2BE6-5BE8-15B3-1A283D4C3A42}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="9429750"/>
+          <a:ext cx="2400300" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2571750</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1295400</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56660" name="Picture 320" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA89A419-4E95-3289-2C59-79623F7C690D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5391150" y="6657975"/>
+          <a:ext cx="1533525" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2571750</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>1295400</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56661" name="Picture 321" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E701C9-0956-E26B-78CA-EB3B3779B385}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5391150" y="9591675"/>
+          <a:ext cx="1533525" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>161925</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1257300</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56662" name="Picture 322" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3271830-AC43-7748-1A95-ACD7BBFB1365}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="5143500"/>
+          <a:ext cx="1524000" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56663" name="Picture 344" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9966DFD9-069B-E736-8CDA-363EFC665523}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2838450" y="54787800"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56664" name="Picture 351" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{292C92DF-D0B5-A9E7-EEA5-DCCD41CBE113}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="47434500"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2571750</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1285875</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56665" name="Picture 358" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62A0108E-5C04-3199-35E7-BF8D484EE779}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5391150" y="54940200"/>
+          <a:ext cx="1533525" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1857375</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56666" name="Picture 381" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E542A4BD-703F-66E9-0266-F4E5280818D5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4676775" y="10868025"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56667" name="Picture 388" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C30A34A-97C0-5622-E06A-49CEE3A5C3DD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="15411450"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1847850</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56668" name="Picture 389" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14B49279-54C6-0D32-B841-B29AF1F07867}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4667250" y="18354675"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56669" name="Picture 396" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92738AAA-AEAF-2C3C-0449-B6E8C47DDA19}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="24517350"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1847850</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56670" name="Picture 397" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6302FF99-DBFE-B58C-C166-DFB2415DADDE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4667250" y="27451050"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56671" name="Picture 404" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F5D661C-2367-2B4D-0DE8-72D0BA63905D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="48729900"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56672" name="Picture 405" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A337931-FEA4-9191-0A29-25E210EA5594}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="51663600"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56673" name="Picture 414" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE85390B-8D91-AA2F-B07C-8BCE31707968}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="56216550"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56674" name="Picture 415" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A1F53FF-A2ED-5683-BC88-B17970270E77}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="59140725"/>
+          <a:ext cx="2324100" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56675" name="Picture 416" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAC8EFDE-9529-4A18-D827-AFBB096DC12D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="59140725"/>
+          <a:ext cx="2324100" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56676" name="Picture 420" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3674A53C-4E4F-2ADF-CD2B-518D88E37F07}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="62236350"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1847850</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56677" name="Picture 421" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3B280F3-9E0B-69FA-1081-C51096597B4D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4667250" y="65179575"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56678" name="Picture 439" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83F41A74-413F-1F6E-E254-782EBCA92BBC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="7924800"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56679" name="Picture 441" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D479C8E2-B01E-2965-B703-35FF90D2A385}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="20021550"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56680" name="Picture 458" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D293AE0D-53CF-0A38-D344-989DBD642265}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="94278450"/>
+          <a:ext cx="2009775" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2276475</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56681" name="Picture 461" descr="Stecker CP69xx">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F76CD40D-3B9A-8630-DE36-D69FF8775397}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5095875" y="149971125"/>
+          <a:ext cx="1809750" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56682" name="Picture 463" descr="IMG_5049neu">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BDB9B9F-C9D0-D6B7-30A5-D522D43BC2ED}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4829175" y="148342350"/>
+          <a:ext cx="2162175" cy="1447800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56683" name="Picture 464" descr="IMG_5049neu">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8332A837-24B5-CB91-6A44-CB68DBD71CA9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4829175" y="143637000"/>
+          <a:ext cx="2162175" cy="1447800"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56684" name="Picture 465" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C046D5A4-B4F6-67E3-AB19-8428CD48C929}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="129701925"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56685" name="Picture 466" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DF48D84-5408-968F-C7CA-D67DA88B68F3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="129844800"/>
+          <a:ext cx="1524000" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56686" name="Picture 467" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{860F1F96-1A88-2ABA-4AB4-B459F4EF97CF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="131159250"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56687" name="Picture 468" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86AD3599-A2EB-63D8-D33A-80CFA90CD3A4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="131311650"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56688" name="Picture 469" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01F09FAF-4B8B-B33B-B49A-5B3FAD65062F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="132635625"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56689" name="Picture 470" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D70FF63-4CE0-149C-1D4E-4192BB73A7C9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="132778500"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56690" name="Picture 471" descr="Wago5Pol_230V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B00EDE86-0134-2B9D-4394-954BD1AD4A56}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="134254875"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56691" name="Picture 472" descr="Wago5Pol_230V_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DF08995-25A2-3495-D314-E10D49D0784F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="134397750"/>
+          <a:ext cx="1524000" cy="1095375"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56692" name="Picture 473" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FE9B7A9-FC79-EFF4-EE12-868564AC54B7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="135712200"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56693" name="Picture 474" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8EDA7A0-AA47-75E2-4B7A-3301CAB9B2FD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="135864600"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>1400175</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56694" name="Picture 475" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAB6CBCE-22E5-398E-491C-FDB5429028DA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="137188575"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>180975</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56695" name="Picture 476" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78525196-4F2E-0901-8E9B-A7BEB5C2C73B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="137331450"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2619375</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4162425</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56696" name="Picture 477" descr="C9900-P928">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B4A95BE-27CD-89F3-45BC-253403A5828B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5438775" y="153047700"/>
+          <a:ext cx="1543050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2724150</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56697" name="Picture 478" descr="C9900-P929">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6A7422F-EA2B-3A1E-2DE7-11C36FB795B6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5543550" y="151590375"/>
+          <a:ext cx="1447800" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56698" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70348835-FB25-7E46-10D9-5F73DBE6FD3F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="154676475"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1590675</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56699" name="Picture 483" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14EBCD90-FF80-3E55-B3B6-7B0FA56F158E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4410075" y="156143325"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1590675</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56700" name="Picture 484" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D72F90AC-BA68-21BB-3C41-9368407D8315}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4410075" y="157591125"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56701" name="Picture 522" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{507FF76D-5537-631F-75AD-D2EF79253714}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="126587250"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56702" name="Picture 524" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18FB7B0D-0930-C4B5-1084-9347386A8CC6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="66789300"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56703" name="Picture 525" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BA6DB2F-3074-4FBA-A399-1E8AB5D324E6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="21640800"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56704" name="Picture 526" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79D1BA6F-275F-3614-D1BA-485A2251071E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="41157525"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56705" name="Picture 527" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3388180-542E-698B-0DF5-31B86E1611E3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="495300"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56706" name="Picture 528" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C8A0EDE-09D3-B49C-278E-13A0590DE836}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="123520200"/>
+          <a:ext cx="2009775" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56707" name="Picture 566" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD61241F-6C94-DEEA-321E-B2CD100D0EF8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="12515850"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56708" name="Picture 569" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E14E361C-425A-F1E1-8EF9-7690BFF8C4B9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="23088600"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56709" name="Picture 608" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEAC5791-ACA7-DFA1-5F0E-8545A4979FF8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="7943850"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56710" name="Picture 609" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33F1DB3D-9D7D-3487-3C16-BD505591E6B7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="10877550"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56711" name="Picture 610" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{371A4F7B-7DA6-B408-169B-9F12E013DB76}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="15430500"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>16</xdr:row>
-      <xdr:rowOff>1419225</xdr:rowOff>
-[...60 lines deleted...]
-      <xdr:row>17</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56712" name="Picture 611" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E77E3FB-B971-0C43-F943-1A70F36C0B22}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="18364200"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...339 lines deleted...]
-      <xdr:row>25</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56713" name="Picture 612" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA3ED140-4CD7-5514-661A-CF7A6C97ED94}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="24536400"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...268 lines deleted...]
-      <xdr:col>3</xdr:col>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56714" name="Picture 613" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6FEA371-5E2F-833D-B2BE-E0423B937CB3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="27470100"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...542 lines deleted...]
-      <xdr:col>3</xdr:col>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56715" name="Picture 614" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3983E9F3-74EB-83DB-EC4C-376238520FA8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="48748950"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>45</xdr:row>
-      <xdr:rowOff>1419225</xdr:rowOff>
-[...402 lines deleted...]
-      <xdr:col>3</xdr:col>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56716" name="Picture 615" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF9FE122-833A-4D5D-EEA2-79C7F5666A0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="51682650"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>2409825</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>49</xdr:row>
-      <xdr:rowOff>1419225</xdr:rowOff>
-[...129 lines deleted...]
-      <xdr:row>50</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56717" name="Picture 620" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BA346BC-8DAF-BC5B-591F-A240F1471B66}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="56235600"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...268 lines deleted...]
-      <xdr:col>3</xdr:col>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56718" name="Picture 621" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{285BE2EC-5D92-F315-B751-E0C2D0EDA73D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="62255400"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>55</xdr:row>
-[...135 lines deleted...]
-      <xdr:colOff>28575</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>56</xdr:row>
-      <xdr:rowOff>1419225</xdr:rowOff>
-[...128 lines deleted...]
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56719" name="Picture 622" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C5ABFCD-7936-A1C4-4280-E1E23F40C417}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="65189100"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>117</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56720" name="Picture 629" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE0F6CF5-A1FB-D3B7-0164-017B7361784E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="129711450"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>1390650</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56721" name="Picture 649" descr="Unbenannt-555">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C842DCE-CFEA-F39C-34B2-865131182862}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="149990175"/>
+          <a:ext cx="1714500" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>1285875</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56722" name="Picture 650" descr="PV_K19675_BL35_180_F">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD290D69-1325-B0F5-A270-9C0F55B9C237}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="150094950"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
       <xdr:row>58</xdr:row>
-      <xdr:rowOff>1400175</xdr:rowOff>
-[...60 lines deleted...]
-      <xdr:colOff>2571750</xdr:colOff>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56723" name="Picture 653" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEB720E6-24BB-2594-7DEB-3624F021C6DF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="66817875"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56724" name="Picture 654" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F9ACCE0-1B10-62A4-80D1-B5094AD0F5CC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="94287975"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56725" name="Picture 655" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EA46AFC-9E14-4558-049E-650EE7ED0D45}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="123529725"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
       <xdr:row>58</xdr:row>
-      <xdr:rowOff>180975</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>58</xdr:row>
-      <xdr:rowOff>1266825</xdr:rowOff>
-[...61 lines deleted...]
-      <xdr:row>62</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56726" name="Picture 656" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5295F7D-D4EB-92F0-D60D-D64E4C98941B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="66817875"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56727" name="Picture 657" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E6C897B-CB3D-64BE-2BB2-F41B09B0BC42}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="94287975"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56728" name="Picture 658" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F158D7-4299-E676-0538-8B261741833F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="123529725"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56729" name="Picture 660" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BC69B93-6489-8EE0-D0FA-CF1EA7B772C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="126615825"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56730" name="Picture 662" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CFACE47-F845-3D2B-3C66-67FBA5E9F60D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="126615825"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>143</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...130 lines deleted...]
-      <xdr:col>3</xdr:col>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>143</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56731" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4129EBC-9567-4F12-BEAB-0BD521D0A91D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="154676475"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>63</xdr:row>
-[...409 lines deleted...]
-      <xdr:col>3</xdr:col>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>144</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56732" name="Picture 668" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3C6BE7-90F7-8771-79FF-DE0AE32E6585}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="156143325"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...137 lines deleted...]
-      <xdr:row>65</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...132 lines deleted...]
-      <xdr:row>66</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>145</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56733" name="Picture 669" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D1CFFD0-9659-0FB2-46A4-C53ED702A73F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="157610175"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>131</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56734" name="Picture 671" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16ECF429-0BFB-A4B8-986D-6C7DE7F5FC6E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="143646525"/>
+          <a:ext cx="2038350" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>136</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56735" name="Picture 672" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBB13B60-148C-0A63-8EDE-0E020FC762AC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="148351875"/>
+          <a:ext cx="2038350" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...3215 lines deleted...]
-      <xdr:row>22</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3676650</xdr:colOff>
+      <xdr:row>131</xdr:row>
       <xdr:rowOff>1428750</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24671" name="Picture 441" descr="kaltgeraetekabel"/>
-[...2239 lines deleted...]
-      <xdr:colOff>2085975</xdr:colOff>
+        <xdr:cNvPr id="56736" name="Picture 673" descr="wago1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3346CE1-CE9E-9C45-C0F8-2A53F6E0427B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="143656050"/>
+          <a:ext cx="1638300" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>136</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>4095750</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3676650</xdr:colOff>
       <xdr:row>136</xdr:row>
-      <xdr:rowOff>1409700</xdr:rowOff>
-[...24 lines deleted...]
-          <a:ext cx="2009775" cy="1381125"/>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56737" name="Picture 674" descr="wago1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67ECC68E-98C4-B73A-795D-1D8117F42167}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="148361400"/>
+          <a:ext cx="1638300" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56738" name="Picture 675" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8589157-84F0-B962-49EC-06BC5C351C4D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="457200"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56739" name="Picture 676" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18A0DD36-BA38-8F3F-1D3E-1B26D09E9BCA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="19983450"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56740" name="Picture 677" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25356382-73C6-D87F-88C2-DCDAC2840AF6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="21602700"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56741" name="Picture 678" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CC44E21-454C-53F1-7BCB-73C263F0CB3A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="41119425"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2276475</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56742" name="Picture 679" descr="Stecker CP69xx">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1DF4522-0B41-3A62-2AAD-16933243D7FB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5095875" y="140408025"/>
+          <a:ext cx="1809750" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>1390650</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56743" name="Picture 680" descr="Unbenannt-555">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCD62479-7B5C-6D6B-39D3-6F64C78C4DA9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="140427075"/>
+          <a:ext cx="1714500" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>127</xdr:row>
+      <xdr:rowOff>1285875</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56744" name="Picture 681" descr="PV_K19675_BL35_180_F">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0440D90D-A1F7-676D-4CAC-E3C62BA20140}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="140531850"/>
+          <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24705" name="Picture 539" descr="wago1"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+        <xdr:cNvPr id="56745" name="Picture 694" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E779D355-7DC5-EAD2-75A9-45A3064F667C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9058275" y="5029200"/>
           <a:ext cx="1647825" cy="1400175"/>
-        </a:xfrm>
-[...3806 lines deleted...]
-          <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24762" name="Picture 688" descr="wago1"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+        <xdr:cNvPr id="56746" name="Picture 695" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1110AE0C-81CA-C942-E3BB-6C8F0A2F9F91}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9058275" y="6496050"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24763" name="Picture 689" descr="wago1"/>
-[...155 lines deleted...]
-          <a:off x="9058275" y="11049000"/>
+        <xdr:cNvPr id="56747" name="Picture 696" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B10F350-D7CC-747C-3CBD-938E9B3DA5CF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="9429750"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24766" name="Picture 696" descr="wago1"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+        <xdr:cNvPr id="56748" name="Picture 698" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76CB085F-FE76-9FB1-FAFA-B708440CDC05}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9058275" y="13982700"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24767" name="Picture 698" descr="wago1"/>
-[...19 lines deleted...]
-          <a:off x="9058275" y="18535650"/>
+        <xdr:cNvPr id="56749" name="Picture 700" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F3A7B85-E61B-3560-06B7-F12D420F8EE2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="16916400"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24768" name="Picture 700" descr="wago1"/>
-[...19 lines deleted...]
-          <a:off x="9058275" y="21469350"/>
+        <xdr:cNvPr id="56750" name="Picture 702" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81B8A3C4-BC25-735D-69B2-2F63A11E5316}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="26022300"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>41</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24769" name="Picture 702" descr="wago1"/>
-[...223 lines deleted...]
-          <a:off x="9058275" y="44376975"/>
+        <xdr:cNvPr id="56751" name="Picture 713" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{007F86B0-9233-3D2C-03DA-34BEFD351916}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="45834300"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24773" name="Picture 715" descr="wago1"/>
-[...19 lines deleted...]
-          <a:off x="9058275" y="47310675"/>
+        <xdr:cNvPr id="56752" name="Picture 714" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{079965B3-F4CE-12D7-4211-A7C2006B479B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="47301150"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
-      <xdr:row>45</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24774" name="Picture 716" descr="wago1"/>
-[...19 lines deleted...]
-          <a:off x="9058275" y="50396775"/>
+        <xdr:cNvPr id="56753" name="Picture 715" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A89F93F-3FDE-9ADA-C560-B2551B35FC3A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="50234850"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24775" name="Picture 717" descr="wago1"/>
-[...19 lines deleted...]
-          <a:off x="9058275" y="51863625"/>
+        <xdr:cNvPr id="56754" name="Picture 734" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D3BB5A7-C661-CC91-9534-16BE61F0C277}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="54787800"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56755" name="Picture 736" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{648528A9-E745-A690-7331-6E819E1586FE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="57721500"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56756" name="Picture 740" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF34214-C7CC-2EA8-75B8-E476645AEB57}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="59340750"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56757" name="Picture 741" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{088875A4-F9C2-48FC-FE8A-02F04975ACBC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="60807600"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56758" name="Picture 742" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{876440D9-B8F3-827F-BD1E-668E9930AC38}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="63741300"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56759" name="Picture 748" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80912F26-5C1D-9339-8C7C-0BD88E832FFA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="131178300"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56760" name="Picture 749" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3AC462-E0A4-1ED0-8E3E-82D43A066115}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="132645150"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56761" name="Picture 750" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FE5DCDA-D1B0-76E4-DAA2-22AA894F6B3D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="134264400"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56762" name="Picture 751" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29B197D2-B094-4E89-724C-5259D3861153}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="135731250"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56763" name="Picture 752" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A0E5961-84EC-F5EA-D1E7-36B4114DA2E4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="137198100"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3686175</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24776" name="Picture 718" descr="wago1"/>
-[...19 lines deleted...]
-          <a:off x="9058275" y="53330475"/>
+        <xdr:cNvPr id="56764" name="Picture 753" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12733118-C893-6B6A-0342-256E469CF9DE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="53320950"/>
           <a:ext cx="1647825" cy="1400175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2038350</xdr:colOff>
-[...6 lines deleted...]
-      <xdr:row>49</xdr:row>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24777" name="Picture 719" descr="wago1"/>
-[...55 lines deleted...]
-      <xdr:colOff>2038350</xdr:colOff>
+        <xdr:cNvPr id="56765" name="Picture 759" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{703408DC-84C2-312E-00FA-A7104991526A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="9515475"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56766" name="Picture 760" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A76314D-CEAB-E2D9-4A4D-A89A95DC355F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="17002125"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56767" name="Picture 761" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84615559-F841-4411-3CB5-DC6D481659B3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="26108025"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56768" name="Picture 762" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7FAB79E-B4FE-D0E7-3755-C3556C31EFAA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="50320575"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>50</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24778" name="Picture 720" descr="wago1"/>
-[...1143 lines deleted...]
-      <xdr:colOff>2038350</xdr:colOff>
+        <xdr:cNvPr id="56769" name="Picture 765" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B2C383B-D52A-EF46-B1B6-E2F38484FAE6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="57807225"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>55</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24795" name="Picture 753" descr="wago1"/>
-[...55 lines deleted...]
-      <xdr:colOff>2038350</xdr:colOff>
+        <xdr:cNvPr id="56770" name="Picture 767" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C691CEB-87CE-13EF-0543-A98BA03BA9CD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="63827025"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>119</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56771" name="Picture 768" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC8F85E7-CC66-2795-B596-C147A6634A3D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="132730875"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>123</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56772" name="Picture 769" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD75A1E2-066E-6BD0-B365-C7E1D0DC574B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="137283825"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56773" name="Picture 771" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B34DAC56-861E-90D3-3E4F-D1A2F73EDE9F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="5114925"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56774" name="Picture 772" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E65E78C-2BBE-FCF1-D28C-21AFA16C8E0F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="12601575"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56775" name="Picture 774" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D87931C7-DDE6-48D0-3B43-99991DB60290}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="45920025"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56776" name="Picture 777" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DB2AEDD-E2FE-ABC9-D27B-366C6C5CBC08}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="53406675"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>52</xdr:row>
-      <xdr:rowOff>47625</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24796" name="Picture 754" descr="wago1"/>
-[...20 lines deleted...]
-          <a:ext cx="1647825" cy="1400175"/>
+        <xdr:cNvPr id="56777" name="Picture 779" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD6A5E91-6A15-8653-5C0E-02F401C5973F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="59426475"/>
+          <a:ext cx="2038350" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>117</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24797" name="Picture 758" descr="Unbenannt-1 Kopie"/>
-[...20 lines deleted...]
-          <a:ext cx="2028825" cy="1314450"/>
+        <xdr:cNvPr id="56778" name="Picture 780" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74BDE6A2-2197-CD17-3280-26A30303CB9C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="129797175"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>121</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56779" name="Picture 781" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA01A2F9-0EB5-AAA2-E5CC-B3DF11FA7BFA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="134350125"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56780" name="Picture 783" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB5EE551-AB2D-94C0-1806-FF92FD000928}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="6581775"/>
+          <a:ext cx="2038350" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:colOff>2047875</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24798" name="Picture 759" descr="Unbenannt-1 Kopie"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34">
+        <xdr:cNvPr id="56781" name="Picture 784" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F82F3A47-A06C-97E9-180B-5617642B7F9D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7029450" y="14068425"/>
-          <a:ext cx="2028825" cy="1314450"/>
+          <a:ext cx="2038350" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2038350</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24799" name="Picture 760" descr="Unbenannt-1 Kopie"/>
-[...88 lines deleted...]
-          <a:ext cx="2028825" cy="1314450"/>
+        <xdr:cNvPr id="56782" name="Picture 785" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0097D36F-D4BF-8EEA-DF01-8A842D604A29}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="23174325"/>
+          <a:ext cx="2038350" cy="1314450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:colOff>2047875</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>1447800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24801" name="Picture 762" descr="Unbenannt-1 Kopie"/>
+        <xdr:cNvPr id="56783" name="Picture 787" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79E12204-3070-87F7-6F49-353F65021CAB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="47386875"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56784" name="Picture 792" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F87D940C-A263-E52D-D7D3-AF57C7EEC45D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="54873525"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56785" name="Picture 795" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4ED225-A00F-70D5-E4A3-4A13F26AB2AC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="60893325"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>118</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56786" name="Picture 796" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20EA535E-ED2C-AA3E-C5A6-B3F9F5F09351}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="131264025"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2047875</xdr:colOff>
+      <xdr:row>122</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56787" name="Picture 797" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7965340D-8A50-3A84-B841-9B1BC462AFAB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="135816975"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2781300</xdr:colOff>
+      <xdr:row>141</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56788" name="Picture 799" descr="Unbenannt-1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E049CD92-3DE0-5832-96BA-D5E9AD38B61A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7029450" y="47396400"/>
-          <a:ext cx="2028825" cy="1314450"/>
+          <a:off x="7038975" y="153047700"/>
+          <a:ext cx="2762250" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2781300</xdr:colOff>
+      <xdr:row>140</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56789" name="Picture 800" descr="Unbenannt-1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C13FDD66-8DA4-22D0-41AE-A09807E637D6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="151580850"/>
+          <a:ext cx="2762250" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56790" name="Picture 813" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA6AE193-4741-285A-4A78-E459BA006161}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="68256150"/>
+          <a:ext cx="2066925" cy="1419225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>47</xdr:row>
-[...2586 lines deleted...]
-    <xdr:to>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56791" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA450A1-E4EB-536C-8198-960650DE50EA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="68284725"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2000250</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...61 lines deleted...]
-      <xdr:row>78</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>3733800</xdr:colOff>
-[...469 lines deleted...]
-      <xdr:colOff>2085975</xdr:colOff>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56792" name="Picture 815" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F9872DF-C31D-D415-340D-AEF42970CF71}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="68284725"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
       <xdr:row>84</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
       <xdr:row>84</xdr:row>
-      <xdr:rowOff>1428750</xdr:rowOff>
-[...24 lines deleted...]
-          <a:ext cx="2057400" cy="1419225"/>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56793" name="Picture 816" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81DFD9F7-B2D6-2108-216A-20D8C6D57BB5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="95745300"/>
+          <a:ext cx="2009775" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1990725</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>1181100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24849" name="Picture 811" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg"/>
-[...19 lines deleted...]
-          <a:off x="7029450" y="97050225"/>
+        <xdr:cNvPr id="56794" name="Picture 817" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78B41ECF-266B-14C6-AFB9-3194DD76DEA4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="95754825"/>
           <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:colOff>2000250</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>3724275</xdr:colOff>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>84</xdr:row>
       <xdr:rowOff>1381125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24850" name="Picture 812" descr="Unbenannt-555 Kopie"/>
-[...19 lines deleted...]
-          <a:off x="9029700" y="97050225"/>
+        <xdr:cNvPr id="56795" name="Picture 818" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D318FFA3-CFFB-C20B-1118-DB560F78A1AB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="95754825"/>
           <a:ext cx="1714500" cy="1343025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>2085975</xdr:colOff>
-[...203 lines deleted...]
-      <xdr:colOff>2085975</xdr:colOff>
+      <xdr:colOff>2105025</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>4095750</xdr:colOff>
+      <xdr:colOff>4114800</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>1409700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24854" name="Picture 816" descr="Bearbeitet"/>
-[...19 lines deleted...]
-          <a:off x="4905375" y="127587375"/>
+        <xdr:cNvPr id="56796" name="Picture 819" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A42ECF3-8660-AC04-44AC-782F4C81A1D1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="124987050"/>
           <a:ext cx="2009775" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1990725</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>1181100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24855" name="Picture 817" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg"/>
-[...19 lines deleted...]
-          <a:off x="7029450" y="127596900"/>
+        <xdr:cNvPr id="56797" name="Picture 820" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2704DA25-4F27-2066-E1D4-2EDCE7444CFF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="124996575"/>
           <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:colOff>2000250</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>3724275</xdr:colOff>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>112</xdr:row>
       <xdr:rowOff>1381125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24856" name="Picture 818" descr="Unbenannt-555 Kopie"/>
-[...19 lines deleted...]
-          <a:off x="9029700" y="127596900"/>
+        <xdr:cNvPr id="56798" name="Picture 821" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8432F150-6ABB-B4B3-FA07-5D62466727AD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="124996575"/>
           <a:ext cx="1714500" cy="1343025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56799" name="Picture 833" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A866EE88-1BC1-B71A-B162-22AA2787A70F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="128054100"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56800" name="Picture 834" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC8DE9FD-FB5A-4AE3-41C3-CAA953DD6DA2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="128082675"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56801" name="Picture 835" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E7BCBC8-9D1E-AE47-2742-EF69C57D58B6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="128082675"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56802" name="Picture 842" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2551B68-FCED-2F12-E51E-6B0C8F5104CD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="174688500"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>162</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56803" name="Picture 843" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E8F2776-4907-EC8F-BE9A-02D89E778769}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="174650400"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2381250</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4067175</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56804" name="Picture 844" descr="p932">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43EB6D8E-DE81-D88C-1E1C-358A5481CACF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5200650" y="168506775"/>
+          <a:ext cx="1685925" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56805" name="Picture 842" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D5945A2-E85C-2D64-B8FA-6A35E03CDE7D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="76104750"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56806" name="Picture 843" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC17D4A4-074C-FAD3-0833-DC1B0C6704F5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="76066650"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56807" name="Picture 467" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D5E0BB6-9FA6-B189-5009-6B5B3F654BFF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="77562075"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>1190625</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56808" name="Picture 468" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{474EBE1C-F5B2-8488-A29B-A6AD1E1731A1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="77609700"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2066925</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56809" name="Picture 796" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E06F914-2D1B-0EF6-B319-66521C3E47D1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="77571600"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56810" name="Picture 748" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03B14B02-D724-C202-0AE3-D956BB5FC00C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="77514450"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2486025</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56811" name="Picture 1498" descr="f1163">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98C4168C-B97E-9DE3-F466-7ECD01C9547E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5305425" y="79028925"/>
+          <a:ext cx="1619250" cy="1371600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>85725</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2286000</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56812" name="Picture 1499" descr="f981">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F658419B-4B48-8E2A-34CC-8F1C35850368}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2905125" y="79019400"/>
+          <a:ext cx="2200275" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56813" name="Picture 1502" descr="7210602 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73C0B3F0-1DFC-7C01-96D4-644840867B69}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7096125" y="78990825"/>
+          <a:ext cx="2476500" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>85725</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2286000</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56814" name="Picture 1503" descr="f981">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C31C6A33-E5B7-FBEF-9986-9846E8B38213}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2905125" y="81953100"/>
+          <a:ext cx="2200275" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2486025</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56815" name="Picture 1504" descr="f1163">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31D35248-C480-D35B-56F3-7DE946136561}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5305425" y="81962625"/>
+          <a:ext cx="1619250" cy="1371600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56816" name="Picture 1505" descr="7210602 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DC6C268-302C-E3E1-7DF4-7451EB88278B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7096125" y="81924525"/>
+          <a:ext cx="2476500" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56817" name="Picture 106" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{769FCC98-5060-CBD0-7659-4CF56A5CAE40}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="80495775"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56818" name="Picture 108" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA8ECF17-FCE3-7AF4-9993-EDB52EF8C9CC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="80629125"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2076450</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1362075</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56819" name="Picture 761" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20A3C892-9F0B-8483-D1DA-A612ECA56141}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="80486250"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
       <xdr:colOff>2085975</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3733800</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56820" name="Picture 702" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14F47FD2-B12E-757E-246D-65059EF7BE3F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9105900" y="80486250"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56821" name="Picture 842" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10216C00-8B01-0E85-DC57-340B539AC847}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="83591400"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>137</xdr:row>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56822" name="Picture 843" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CADD0EF7-BC61-CB76-D5EA-61F92FD36A2A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="83553300"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56823" name="Picture 467" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EB145DE-DC2B-D822-1A59-249E15E4B253}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="85048725"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>1190625</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56824" name="Picture 468" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED5BC7C8-85B4-1BB2-4087-6372A37752E3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="85096350"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2066925</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56825" name="Picture 796" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FADE621-D3F0-9086-A324-E826DA3DD1C7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="85058250"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>1409700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24857" name="Picture 819" descr="Bearbeitet"/>
-[...19 lines deleted...]
-          <a:off x="4905375" y="153743025"/>
+        <xdr:cNvPr id="56826" name="Picture 748" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AC9B9B6-B331-4756-ECDB-EDD3873A9465}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="85001100"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>85725</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2286000</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56827" name="Picture 1516" descr="f981">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B294676-28D5-3713-BDF2-CE0D8CE0CA12}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2905125" y="86506050"/>
+          <a:ext cx="2200275" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2486025</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56828" name="Picture 1517" descr="f1163">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{874759EC-B6ED-065C-6D65-5D97845580A6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5305425" y="86515575"/>
+          <a:ext cx="1619250" cy="1371600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56829" name="Picture 1518" descr="7210602 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74EE17FA-ECE5-46C2-44DA-61684F8CA057}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7096125" y="86477475"/>
+          <a:ext cx="2476500" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>85725</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2286000</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56830" name="Picture 1519" descr="f981">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6CD05BF-83A6-6659-4206-026F95B5A51C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2905125" y="89439750"/>
+          <a:ext cx="2200275" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2486025</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56831" name="Picture 1520" descr="f1163">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3A3311-88CD-5270-EA2A-BEA7B5DE82AA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5305425" y="89449275"/>
+          <a:ext cx="1619250" cy="1371600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>1457325</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56832" name="Picture 1521" descr="7210602 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AC808C7-8CEB-1316-C1F4-4E101814A8D6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7096125" y="89411175"/>
+          <a:ext cx="2476500" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56833" name="Picture 106" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DBDA67D-9613-AAA6-0627-7934C4DCEA82}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="87982425"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56834" name="Picture 108" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{265C7CCE-3701-ADC3-88E4-E3BD81A2433F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="88115775"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2076450</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>1362075</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56835" name="Picture 761" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F45DC80-C54D-D9C8-C36E-CC260DF8651C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="87972900"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2085975</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3733800</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56836" name="Picture 702" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA80CB2A-1A86-4B3C-0634-5467BA05A74E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9105900" y="87972900"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56837" name="Picture 458" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{807BEEC6-74A2-30D2-0316-0975D955C808}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="30546675"/>
           <a:ext cx="2009775" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1990725</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>1181100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24858" name="Picture 820" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg"/>
+        <xdr:cNvPr id="56838" name="Picture 654" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E76B881E-825D-C2BE-076A-97C851BB2F90}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="30556200"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56839" name="Picture 657" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27A69443-9184-84B5-1B5D-47D9959A4516}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7029450" y="153752550"/>
+          <a:off x="9020175" y="30556200"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56840" name="Picture 816" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7A340C2-C28A-E442-8CF8-007764DC20B0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="32013525"/>
+          <a:ext cx="2009775" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56841" name="Picture 817" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F11216A-633C-EF14-34FA-9B16A2E912AE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="32023050"/>
           <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2009775</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>1381125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24859" name="Picture 821" descr="Unbenannt-555 Kopie"/>
-[...19 lines deleted...]
-          <a:off x="9029700" y="153752550"/>
+        <xdr:cNvPr id="56842" name="Picture 818" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14DEED9C-0AB1-54DF-B91E-392A77AF6B5D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="32023050"/>
           <a:ext cx="1714500" cy="1343025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>2447925</xdr:colOff>
-[...68 lines deleted...]
-      <xdr:row>146</xdr:row>
+      <xdr:colOff>1838325</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56843" name="Picture 526" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6145850C-9FA7-A61C-A9A3-537AA7CCAD57}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4657725" y="29117925"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56844" name="Picture 678" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE16F4D2-A97D-D3AD-A8A2-9723F5A26250}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="29079825"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2276475</xdr:colOff>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...1020 lines deleted...]
-      <xdr:colOff>3105150</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
       <xdr:row>95</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24876" name="Picture 843" descr="kaltger"/>
-[...124 lines deleted...]
-      <xdr:row>96</xdr:row>
+        <xdr:cNvPr id="56845" name="Picture 461" descr="Stecker CP69xx">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C8F9931-0381-F18F-C6EF-132DB9B4ED8B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5095875" y="105317925"/>
+          <a:ext cx="1809750" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>1390650</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56846" name="Picture 649" descr="Unbenannt-555">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A01E73-EFE4-BCB0-E021-D04964887110}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="105317925"/>
+          <a:ext cx="1714500" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>1285875</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56847" name="Picture 650" descr="PV_K19675_BL35_180_F">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AE656FE-B84B-2535-3A47-4C53AA90872B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="105422700"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-[...349 lines deleted...]
-          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2390775</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>1352550</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56848" name="Grafik 393">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{546AE967-EA6D-B134-4C5C-20AAA8E26924}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7096125" y="110832900"/>
-[...582 lines deleted...]
-      <xdr:row>101</xdr:row>
+          <a:off x="7038975" y="121977150"/>
+          <a:ext cx="2371725" cy="1247775"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2495550</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>228600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3724275</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>1171575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56849" name="Grafik 394">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFB28D06-5EDF-8931-D510-9B75E961AA6F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="122100975"/>
+          <a:ext cx="1228725" cy="942975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2133600</xdr:colOff>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...1 lines deleted...]
-      <xdr:row>101</xdr:row>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>109</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24892" name="Picture 843" descr="kaltger"/>
-[...1296 lines deleted...]
-          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        <xdr:cNvPr id="56850" name="Grafik 395">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBBF21E-47D2-490C-2CB9-6FFBC89BA22A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7048500" y="195795900"/>
-[...1496 lines deleted...]
-          <a:ext cx="1762125" cy="1409700"/>
+          <a:off x="4953000" y="121900950"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
+      <xdr:colOff>3905250</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24934" name="Grafik 397"/>
+        <xdr:cNvPr id="56851" name="Grafik 397">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B13F985-2B2D-903F-0998-D69E21D2333B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4953000" y="3390900"/>
-          <a:ext cx="1762125" cy="1409700"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
+      <xdr:colOff>3905250</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24935" name="Grafik 398"/>
+        <xdr:cNvPr id="56852" name="Grafik 398">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD2B0C5F-9DB5-0B06-E37E-116F37616AD7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4953000" y="1924050"/>
-          <a:ext cx="1762125" cy="1409700"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24936" name="Grafik 399"/>
+        <xdr:cNvPr id="56853" name="Grafik 401">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{230D2A15-8510-E9EC-B6D6-C0D45E211D0A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
-[...14 lines deleted...]
-          <a:ext cx="1762125" cy="1409700"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4953000" y="159219900"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24937" name="Grafik 400"/>
+        <xdr:cNvPr id="56854" name="Grafik 402">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FFE2364-2BFB-AD8E-73E4-516BA531F83C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
-[...14 lines deleted...]
-          <a:ext cx="1762125" cy="1409700"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4953000" y="162306000"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24938" name="Grafik 401"/>
+        <xdr:cNvPr id="56855" name="Grafik 403">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85B232CA-4432-4FFB-3C2D-BB1A0E930996}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
-[...14 lines deleted...]
-          <a:ext cx="1762125" cy="1409700"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4953000" y="163772850"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24939" name="Grafik 402"/>
+        <xdr:cNvPr id="56856" name="Grafik 404">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3387352A-4AD2-5C43-3706-AFE4EF3B0588}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
-[...14 lines deleted...]
-          <a:ext cx="1762125" cy="1409700"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4953000" y="165392100"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24940" name="Grafik 403"/>
+        <xdr:cNvPr id="56857" name="Grafik 405">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAC6E5C2-E42B-DE10-6696-9A75A95B299A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
-[...14 lines deleted...]
-          <a:ext cx="1762125" cy="1409700"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4953000" y="166858950"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2133600</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>3895725</xdr:colOff>
-      <xdr:row>197</xdr:row>
+      <xdr:colOff>3905250</xdr:colOff>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24941" name="Grafik 404"/>
+        <xdr:cNvPr id="56858" name="Grafik 406">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50778142-E821-8748-6061-AACE2455AC1D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
-[...286 lines deleted...]
-          <a:ext cx="1228725" cy="942975"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4953000" y="160686750"/>
+          <a:ext cx="1771650" cy="1409700"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24946" name="Grafik 409"/>
+        <xdr:cNvPr id="56859" name="Grafik 409">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D5B96CF-EBA1-6DFE-1936-E2C6064173F8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7038975" y="3467100"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -26460,57 +18685,63 @@
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24947" name="Grafik 410"/>
+        <xdr:cNvPr id="56860" name="Grafik 410">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0B5347D-802D-711F-1BDE-1445D0A19CD9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9515475" y="3590925"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -26528,57 +18759,63 @@
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24948" name="Grafik 411"/>
+        <xdr:cNvPr id="56861" name="Grafik 411">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DDF3C1C-4656-D075-F33B-BF55C8FF12A7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7038975" y="2000250"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -26596,5172 +18833,7481 @@
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24949" name="Grafik 412"/>
+        <xdr:cNvPr id="56862" name="Grafik 412">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5FBD77A-7B0C-B1FE-8256-31F591DA8345}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9515475" y="2124075"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24950" name="Grafik 413"/>
+        <xdr:cNvPr id="56863" name="Grafik 417">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F46D969-285D-8341-EC35-A0E9FC2F4DAE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
-[...13 lines deleted...]
-          <a:off x="7038975" y="158524575"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="159296100"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>142</xdr:row>
+      <xdr:row>147</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24951" name="Grafik 414"/>
+        <xdr:cNvPr id="56864" name="Grafik 418">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9C92A89-0567-079B-01B1-387C3DCCBCA7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
-[...13 lines deleted...]
-          <a:off x="9515475" y="158648400"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="159419925"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24952" name="Grafik 415"/>
+        <xdr:cNvPr id="56865" name="Grafik 419">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{712FDE1D-3D65-2942-9B5B-8D29AA9BE667}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
-[...13 lines deleted...]
-          <a:off x="7038975" y="159991425"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="160762950"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>148</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24953" name="Grafik 416"/>
+        <xdr:cNvPr id="56866" name="Grafik 420">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8899DD1E-656C-E33A-01C7-46BCC30593A2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
-[...13 lines deleted...]
-          <a:off x="9515475" y="160115250"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="160886775"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24954" name="Grafik 417"/>
+        <xdr:cNvPr id="56867" name="Grafik 421">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0F0C80C-33C1-92BD-6F27-7FF104F208AC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
-[...13 lines deleted...]
-          <a:off x="7038975" y="208016475"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="162382200"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>191</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24955" name="Grafik 418"/>
+        <xdr:cNvPr id="56868" name="Grafik 422">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{801C44B1-8313-6E8A-6532-D59328A82454}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
-[...13 lines deleted...]
-          <a:off x="9515475" y="208140300"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="162506025"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24956" name="Grafik 419"/>
+        <xdr:cNvPr id="56869" name="Grafik 423">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028B1150-CB2C-A8F8-9A8D-F8BBA43E08F9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
-[...13 lines deleted...]
-          <a:off x="7038975" y="209483325"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="163849050"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>192</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24957" name="Grafik 420"/>
+        <xdr:cNvPr id="56870" name="Grafik 424">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EF628C6-5B66-67BF-A4E7-7E89B31879BB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
-[...13 lines deleted...]
-          <a:off x="9515475" y="209607150"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="163972875"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24958" name="Grafik 421"/>
+        <xdr:cNvPr id="56871" name="Grafik 425">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15250405-4465-29FA-C73D-8094F16950E6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
-[...13 lines deleted...]
-          <a:off x="7038975" y="211102575"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="165468300"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>194</xdr:row>
+      <xdr:row>153</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24959" name="Grafik 422"/>
+        <xdr:cNvPr id="56872" name="Grafik 426">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F2E64E3-EE5E-8561-3228-09F9DD362115}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
-[...13 lines deleted...]
-          <a:off x="9515475" y="211226400"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="165592125"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2390775</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>1352550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24960" name="Grafik 423"/>
+        <xdr:cNvPr id="56873" name="Grafik 427">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C94AD95E-AAC6-1E06-6B72-875777EFC135}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
-[...13 lines deleted...]
-          <a:off x="7038975" y="212569425"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="166935150"/>
           <a:ext cx="2371725" cy="1247775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>2495550</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3724275</xdr:colOff>
-      <xdr:row>195</xdr:row>
+      <xdr:row>154</xdr:row>
       <xdr:rowOff>1171575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24961" name="Grafik 424"/>
+        <xdr:cNvPr id="56874" name="Grafik 428">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C81010FA-6626-C1BF-F8BA-DB8563C24BC3}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
-[...13 lines deleted...]
-          <a:off x="9515475" y="212693250"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9515475" y="167058975"/>
           <a:ext cx="1228725" cy="942975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-[...273 lines deleted...]
-      <xdr:row>114</xdr:row>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>4095750</xdr:colOff>
-      <xdr:row>114</xdr:row>
+      <xdr:colOff>4114800</xdr:colOff>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>1409700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24966" name="Picture 816" descr="Bearbeitet"/>
-[...19 lines deleted...]
-          <a:off x="4905375" y="129206625"/>
+        <xdr:cNvPr id="56875" name="Picture 816" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AB5DCF5-5481-338A-8153-135DCC281C85}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="100450650"/>
           <a:ext cx="2009775" cy="1381125"/>
-        </a:xfrm>
-[...1834 lines deleted...]
-          <a:ext cx="2057400" cy="1419225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1990725</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>1181100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24994" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg"/>
-[...19 lines deleted...]
-          <a:off x="7029450" y="101746050"/>
+        <xdr:cNvPr id="56876" name="Picture 817" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E97FB6F-79B6-6600-99DB-C53EC2B1038F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="100460175"/>
           <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:colOff>2000250</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>3724275</xdr:colOff>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>89</xdr:row>
       <xdr:rowOff>1381125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24995" name="Picture 815" descr="Unbenannt-555 Kopie"/>
-[...19 lines deleted...]
-          <a:off x="9029700" y="101746050"/>
+        <xdr:cNvPr id="56877" name="Picture 818" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A58996D2-9BCA-FE90-52E0-AB6A5EDEADE0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="100460175"/>
           <a:ext cx="1714500" cy="1343025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-[...204 lines deleted...]
-      <xdr:colOff>2085975</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
       <xdr:row>93</xdr:row>
-      <xdr:rowOff>9525</xdr:rowOff>
-[...3 lines deleted...]
-      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
       <xdr:row>93</xdr:row>
-      <xdr:rowOff>1428750</xdr:rowOff>
-[...160 lines deleted...]
-          <a:ext cx="1714500" cy="1343025"/>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56878" name="Picture 816" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C2D1430-9551-C1B0-254A-8FEB3AA9BA72}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="103689150"/>
+          <a:ext cx="2009775" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>1990725</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>1181100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25002" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg"/>
-[...19 lines deleted...]
-          <a:off x="7029450" y="106299000"/>
+        <xdr:cNvPr id="56879" name="Picture 817" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EFCA9EF-E2BA-A19A-5361-265EAB14CF9F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="103698675"/>
           <a:ext cx="1981200" cy="1143000"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:colOff>2000250</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>3724275</xdr:colOff>
+      <xdr:colOff>3714750</xdr:colOff>
       <xdr:row>93</xdr:row>
       <xdr:rowOff>1381125</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25003" name="Picture 815" descr="Unbenannt-555 Kopie"/>
-[...19 lines deleted...]
-          <a:off x="9029700" y="106299000"/>
+        <xdr:cNvPr id="56880" name="Picture 818" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51030896-90DC-BF6C-F54F-96A368E89784}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="103698675"/>
           <a:ext cx="1714500" cy="1343025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-[...75 lines deleted...]
-      <xdr:row>109</xdr:row>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25005" name="Grafik 2"/>
-[...123 lines deleted...]
-      <xdr:colOff>47625</xdr:colOff>
+        <xdr:cNvPr id="56881" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D4154A3-A19D-5B8E-B8F6-BAFF5CAC019F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="106927650"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1590675</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56882" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3E0283D-F811-7D1D-16C6-CFD7C83B2499}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4410075" y="108394500"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1590675</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56883" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78A988F4-A394-2182-6035-3DC4FBB6D9AA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4410075" y="109861350"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56884" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29D836F1-F00C-298D-01E4-F070638F8EA6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="111328200"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56885" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10A4E9AE-2709-33CB-0323-F16D8BA9DE59}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="112795050"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56886" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6102EC9-7875-A885-7CD1-77210550BBAC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="106927650"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56887" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48E05B5B-4544-F939-DA4A-829C25D9945C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="108394500"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56888" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A712E9D8-B06A-BD55-F733-A3ED3881935E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="109861350"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56889" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B0D3762-46F3-D379-94D9-CCA8DA50F3E2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="111328200"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56890" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4209EF84-ABF2-532C-118F-FFB70A20B9B5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="112795050"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56891" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{682A9C9E-6D21-364B-DB1E-FF79EDE158AB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="114414300"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56892" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5954EFFE-5220-BA7B-7FE7-A463F113BEDB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="115881150"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56893" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{338A726F-5541-D847-0A60-E27C967C2F96}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="117348000"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56894" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36A571BA-9512-A478-4CF8-F85CB5F90CA0}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="118814850"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1600200</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>3114675</xdr:colOff>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4181475</xdr:colOff>
       <xdr:row>107</xdr:row>
       <xdr:rowOff>1438275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25007" name="Picture 843" descr="kaltger"/>
+        <xdr:cNvPr id="56895" name="Picture 482" descr="CP72_Kabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6142D0D8-77EC-AE8C-098A-E00AFF5ABD55}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4419600" y="120281700"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56896" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB21B921-7EE9-3618-5290-21DCB3C161B2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="114414300"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56897" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{966A8F09-8F60-C302-B542-9B44756936CF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="115881150"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56898" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D87AA1D-9DC5-690C-64BE-608135D5FDF1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="117348000"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56899" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34499F50-7CAC-8A4E-6E1E-DC709B132B87}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="118814850"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1828800</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56900" name="Picture 667" descr="Scan10031">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B86F79A-13F8-D19E-EFF7-92F43AC9E689}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="120281700"/>
+          <a:ext cx="1800225" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56901" name="Picture 813" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{042E8A32-9A4A-69FD-D1C3-71F2A8C2DBDD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="69875400"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56902" name="Picture 813" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2F838F2-3379-F878-3BFB-0F483BE8A2F2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="71342250"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56903" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A61C739-E291-CDDC-54B5-8B1DE38835B9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="69903975"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56904" name="Picture 815" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38F043C1-E152-176D-D918-877E58F1D2E6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="69903975"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56905" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A45FE08-8978-4270-B920-C017E7B6BFAB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="71370825"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56906" name="Picture 815" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58F5E8DC-49BB-9D93-9A01-34F56A107D7C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="71370825"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56907" name="Picture 813" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCFF85CB-46CA-9BE1-8712-42BD69D2E9C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="72961500"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2105025</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56908" name="Picture 813" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A76CE165-0170-7B8B-2851-C94CE56E0903}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4924425" y="74428350"/>
+          <a:ext cx="2066925" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56909" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0C07E9D-8785-318A-5D97-24A0EBB0A0EC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="72990075"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56910" name="Picture 815" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E46C4016-17D9-00A7-1431-4508EDC91DD2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="72990075"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>9525</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1990725</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>1181100</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56911" name="Picture 814" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A5B4CFA-F208-6EDF-309E-F8F4F56F0402}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7029450" y="74456925"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56912" name="Picture 815" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67605FFF-A4A7-B794-0867-D24E52A5973D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="74456925"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3009900</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56913" name="Grafik 438">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0923FDA8-933F-A71E-ADD4-C67A74AB34FA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7067550" y="92706825"/>
+          <a:ext cx="2962275" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2381250</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>3857625</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56914" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52EBCAEF-B4F8-1C5A-CE0F-BE9B6454D01B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5200650" y="92668725"/>
+          <a:ext cx="1476375" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1771650</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56915" name="Picture 842" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09AC56FC-9BEA-2596-3F71-EA33989280C2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4591050" y="91078050"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3114675</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56916" name="Picture 843" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC45A84A-76B0-BB31-DE33-95328ED63ACC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7067550" y="91039950"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2162175</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56917" name="Picture 528" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{965E92BE-C49D-013F-FDDD-5252F2142455}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4981575" y="145294350"/>
+          <a:ext cx="2009775" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2190750</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56918" name="Picture 528" descr="Bearbeitet">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EC63A09-C6A1-AA31-39D9-B02D06D5AE49}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5010150" y="146751675"/>
+          <a:ext cx="2009775" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>1171575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56919" name="Picture 820" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1FF5C75-8FBF-A677-6ECE-783E75413439}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="145275300"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>1171575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56920" name="Picture 820" descr="PV_K19675_BL35_180_Fsdfgvsdgdfg">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F2FDC2-0D13-8306-27B4-B5D8D2DB82C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="146742150"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2019300</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3733800</xdr:colOff>
+      <xdr:row>133</xdr:row>
+      <xdr:rowOff>1371600</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56921" name="Picture 821" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF95378A-B0BC-7D11-9B47-FC819311FE97}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9039225" y="145275300"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2019300</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3733800</xdr:colOff>
+      <xdr:row>134</xdr:row>
+      <xdr:rowOff>1371600</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56922" name="Picture 821" descr="Unbenannt-555 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{193F04E5-6EAC-C850-E1C4-648F0E4B4993}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9039225" y="146742150"/>
+          <a:ext cx="1714500" cy="1343025"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2362200</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56923" name="Picture 679" descr="Stecker CP69xx">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B729B0C4-F825-F220-EF25-72A4C8FE2FCD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5181600" y="138798300"/>
+          <a:ext cx="1809750" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56924" name="Picture 680" descr="Unbenannt-555">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC3374A9-7575-5ADD-44CE-9F0A5EB523AA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9020175" y="138836400"/>
+          <a:ext cx="1714500" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2019300</xdr:colOff>
+      <xdr:row>125</xdr:row>
+      <xdr:rowOff>1266825</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56925" name="Picture 681" descr="PV_K19675_BL35_180_F">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAA37096-5D80-7B9D-1E96-28724EB1EC07}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="138893550"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>1012</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3009900</xdr:colOff>
+      <xdr:row>1021</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56926" name="Grafik 438">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C3B9075-7C02-80B3-978A-FBC920541FB4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7067550" y="297408600"/>
+          <a:ext cx="2962275" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3009900</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>1362075</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56927" name="Grafik 438">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89DFB79B-40B4-E5A6-A447-C0187CBF61F9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7067550" y="142017750"/>
+          <a:ext cx="2962275" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2305050</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4114800</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>1438275</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56928" name="Picture 461" descr="Stecker CP69xx">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAEED939-1043-19F1-D16A-57906660D066}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5124450" y="102079425"/>
+          <a:ext cx="1809750" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2009775</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>1247775</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56929" name="Picture 650" descr="PV_K19675_BL35_180_F">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE339ED-EF19-AC8D-C8EA-8FF71692FD99}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="102146100"/>
+          <a:ext cx="1981200" cy="1143000"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1981200</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3695700</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56930" name="Picture 649" descr="Unbenannt-555">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1855A64-948C-A8E1-47B6-3F284F7E2710}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9001125" y="102117525"/>
+          <a:ext cx="1714500" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2324100</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4010025</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56931" name="Picture 844" descr="p932">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D61470D-FAAF-1CA5-8DF9-B46054924BEA}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5143500" y="169973625"/>
+          <a:ext cx="1685925" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2990850</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56932" name="Grafik 438">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CF7C7C2-A2D6-64C2-3E49-0249563A15F2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="42738675"/>
+          <a:ext cx="2962275" cy="1352550"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2390775</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>3867150</xdr:colOff>
+      <xdr:row>129</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56933" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87704DA7-D302-758D-313A-7FD56095ECAC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5210175" y="142017750"/>
+          <a:ext cx="1476375" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2000250</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>3476625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>1524000</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56934" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E561235-4CF1-CF1D-C46B-ADA9CACDF598}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4819650" y="42843450"/>
+          <a:ext cx="1476375" cy="1333500"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4171950</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56935" name="Picture 526" descr="kaltgeraetekabel">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{109BDD2C-F3AC-48C3-AB4A-7468AC09AF7B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="33651825"/>
+          <a:ext cx="2305050" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3095625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56936" name="Picture 678" descr="kaltger">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82AD7A93-AA91-A297-5F2F-C54A428FF324}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7048500" y="33642300"/>
+          <a:ext cx="3067050" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2419350</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56937" name="Picture 467" descr="Wago5Pol_24V_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D48F6126-337C-182E-2FDF-3B61BF2C7495}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2847975" y="35128200"/>
+          <a:ext cx="2390775" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2562225</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4086225</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1190625</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56938" name="Picture 468" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2607A8D9-7596-DD51-AC51-2A887AAEA6AC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5381625" y="35175825"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2066925</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1381125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56939" name="Picture 796" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C7116B7-7582-7E33-4D02-17C2D676D583}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7067550" y="122882025"/>
-[...36 lines deleted...]
-      <xdr:row>173</xdr:row>
+          <a:off x="7048500" y="35137725"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2038350</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3686175</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1409700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56940" name="Picture 748" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A04C46B-DE86-537F-C2B6-43F4700AD533}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9058275" y="35080575"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2428875</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56941" name="Picture 106" descr="Wago5Pol_24V_USV_1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DEAE46C-2AD9-804A-94D0-259B83C9AF79}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2857500" y="38061900"/>
+          <a:ext cx="2390775" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2552700</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4076700</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1276350</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56942" name="Picture 108" descr="Wago5Pol_24V_USV_2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1715B8FF-2C0E-CADD-BB7B-A526FFE62F8E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5" cstate="print">
+          <a:lum contrast="-2000"/>
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5372100" y="38195250"/>
+          <a:ext cx="1524000" cy="1085850"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2076450</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1362075</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56943" name="Picture 761" descr="Unbenannt-1 Kopie">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8612CBC-DDEC-631E-0673-DE1A7A3EBBEC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7058025" y="38052375"/>
+          <a:ext cx="2038350" cy="1314450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2085975</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3733800</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56944" name="Picture 702" descr="wago1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58B5DAD3-8FF2-8354-2AB1-2B1E8E9BF035}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9105900" y="38052375"/>
+          <a:ext cx="1647825" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56945" name="Picture 404" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B59A0E9-E97C-FD3C-6EBE-1F86BEA3BBD6}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="36547425"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56946" name="Picture 614" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AE5E354-3EEB-169E-476B-F9A62F198AC8}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="36566475"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1866900</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>9525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4191000</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56947" name="Picture 404" descr="Wago_3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D75E3D68-863B-4A9A-DBE4-B4214B967B6F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4686300" y="39481125"/>
+          <a:ext cx="2324100" cy="1438275"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3714750</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56948" name="Picture 614" descr="3pol">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBBA7EE3-9F38-2EBB-463E-F12841AB0E83}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7038975" y="39500175"/>
+          <a:ext cx="3695700" cy="1400175"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2381250</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4067175</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56949" name="Picture 844" descr="p932">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7002858-93C3-18F9-6EC8-4069B6246A3F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5200650" y="171592875"/>
+          <a:ext cx="1685925" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>2324100</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4010025</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>1419225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56950" name="Picture 844" descr="p932">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51B5B5C1-17DB-BA56-2DFC-BE5CDD0FA0C4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="5143500" y="173059725"/>
+          <a:ext cx="1685925" cy="1362075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>657225</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3400425</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56951" name="Grafik 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55BB66CD-47BE-C8A8-24A7-CE0FC98857CC}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7677150" y="173040675"/>
+          <a:ext cx="2743200" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>695325</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3438525</xdr:colOff>
+      <xdr:row>157</xdr:row>
+      <xdr:rowOff>1428750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56952" name="Grafik 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CDC3C95-6FE0-9344-6EAC-D726BF4BC541}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7715250" y="169954575"/>
+          <a:ext cx="2743200" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>876300</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3457575</xdr:colOff>
+      <xdr:row>156</xdr:row>
+      <xdr:rowOff>1447800</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56953" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E5DA912-6B6A-49D8-87C6-BDA0BFBF543D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7896225" y="168487725"/>
+          <a:ext cx="2581275" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>790575</xdr:colOff>
+      <xdr:row>159</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3381375</xdr:colOff>
+      <xdr:row>160</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56954" name="Grafik 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CC8084A-5E52-3D5B-63E7-68F0126F1235}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7810500" y="171592875"/>
+          <a:ext cx="2590800" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>142875</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3752850</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>1552575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56955" name="Grafik 9">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8EB12DE-E05E-4F94-75A4-39DA6D9D4A3F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7162800" y="98850450"/>
+          <a:ext cx="3609975" cy="1419225"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>114300</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3752850</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>1571625</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56956" name="Grafik 11">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA36254B-062B-6FB2-C60E-6D65EF496BBE}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7134225" y="97412175"/>
+          <a:ext cx="3638550" cy="1390650"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1800225</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>1571625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3752850</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>2171700</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56957" name="Grafik 13">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D187DDD-4C41-B065-28B7-B42D32437DDF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="8820150" y="98802825"/>
+          <a:ext cx="1952625" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>1800225</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>1543050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3752850</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>2143125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56958" name="Grafik 14">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAEBF6C6-23FE-C99A-2671-8538B172956A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="8820150" y="100269675"/>
+          <a:ext cx="1952625" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1543050</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>4143375</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>2190750</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56959" name="Grafik 9" descr="C9900-K936 | Powersteckverbinder, feldkonfektionierbar, 2,5 mm², IP65/67">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D19BD340-768B-C072-AC7A-423759189D14}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect l="26797" t="22496" r="24501" b="10860"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4362450" y="97421700"/>
+          <a:ext cx="2600325" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>4057650</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>85725</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>3752850</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>2181225</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56960" name="Grafik 10">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7994B9BF-00B5-78AE-FB62-DC0AF880FF50}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10772775" y="97421700"/>
+          <a:ext cx="0" cy="1381125"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1657350</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>4162425</xdr:colOff>
-      <xdr:row>173</xdr:row>
-[...945 lines deleted...]
-      <xdr:row>200</xdr:row>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>2152650</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56961" name="Grafik 11" descr="C9900-K937 | Powersteckverbinder, feldkonfektionierbar, 1,5 mm², IP65/67">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E4178E0-A087-8E6F-8218-D846A163F171}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect l="28429" t="21507" r="22583" b="8853"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="4476750" y="98859975"/>
+          <a:ext cx="2505075" cy="1409700"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>4105275</xdr:colOff>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
-      <xdr:colOff>2647950</xdr:colOff>
-[...162 lines deleted...]
-          <a:ext cx="2743200" cy="1390650"/>
+      <xdr:colOff>3752850</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>2143125</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56962" name="Grafik 12">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B0B1B41-98B9-722A-CF67-9ED889E8CB9F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10772775" y="98850450"/>
+          <a:ext cx="0" cy="1419225"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
@@ -32107,3436 +26653,3550 @@
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
             <a:srgbClr val="000000"/>
           </a:outerShdw>
         </a:effectLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://download.beckhoff.com/download/document/ipc/accessories/c9900-k936_en.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://download.beckhoff.com/download/document/ipc/accessories/c9900-k937_en.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H312"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94DE7F5B-7DCF-4893-A849-CD798C4E18CD}">
+  <dimension ref="A1:I271"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="3" ySplit="1" topLeftCell="E2" activePane="bottomRight" state="frozen"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="3" ySplit="1" topLeftCell="D38" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="H210" sqref="H210"/>
+      <selection pane="bottomRight" activeCell="D40" sqref="D40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.140625" style="45" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="17" style="37" customWidth="1"/>
+    <col min="1" max="1" width="16.140625" style="50" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="66" customWidth="1"/>
+    <col min="3" max="3" width="17" style="42" customWidth="1"/>
     <col min="4" max="4" width="63" style="1" customWidth="1"/>
     <col min="5" max="5" width="56.28515625" style="1" customWidth="1"/>
-    <col min="6" max="6" width="47.7109375" style="40" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="11.42578125" style="1"/>
+    <col min="6" max="6" width="47.7109375" style="45" customWidth="1"/>
+    <col min="7" max="7" width="11" style="25" customWidth="1"/>
+    <col min="8" max="8" width="7.7109375" style="24" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="57.140625" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="23" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="87" t="s">
+    <row r="1" spans="1:8" s="27" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1" s="95" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="54" t="s">
+      <c r="B1" s="60" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="31" t="s">
-[...12 lines deleted...]
-        <v>9</v>
+      <c r="C1" s="36" t="s">
+        <v>91</v>
+      </c>
+      <c r="D1" s="60" t="s">
+        <v>22</v>
+      </c>
+      <c r="E1" s="60" t="s">
+        <v>47</v>
+      </c>
+      <c r="F1" s="60" t="s">
+        <v>90</v>
+      </c>
+      <c r="G1" s="59" t="s">
+        <v>23</v>
+      </c>
+      <c r="H1" s="26" t="s">
+        <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C2" s="32"/>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="49" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" s="61"/>
+      <c r="C2" s="37"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
-      <c r="F2" s="39"/>
-      <c r="G2" s="51"/>
+      <c r="F2" s="44"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="57"/>
     </row>
-    <row r="3" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B3" s="56" t="s">
+    <row r="3" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="53" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="12" t="s">
-[...7 lines deleted...]
-      <c r="G3" s="52" t="s">
+      <c r="C3" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G3" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H3" s="58" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="53" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="114"/>
+      <c r="E4" s="114"/>
+      <c r="F4" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G4" s="8">
+        <v>22.6</v>
+      </c>
+      <c r="H4" s="58" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="76" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="84"/>
+      <c r="E5" s="84"/>
+      <c r="F5" s="82" t="s">
+        <v>62</v>
+      </c>
+      <c r="G5" s="83">
+        <v>22.6</v>
+      </c>
+      <c r="H5" s="58" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="52" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" s="63"/>
+      <c r="C6" s="38"/>
+      <c r="D6" s="38"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="55"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="12"/>
+    </row>
+    <row r="7" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="B7" s="35" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="10"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H7" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C8" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H8" s="11" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B4" s="56" t="s">
+    <row r="9" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="B9" s="62" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="12" t="s">
-[...4 lines deleted...]
-      <c r="F4" s="41" t="s">
+      <c r="C9" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="14">
+        <v>8</v>
+      </c>
+      <c r="H9" s="13"/>
+    </row>
+    <row r="10" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="53" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" s="62" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="10"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="76" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C11" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="93"/>
+      <c r="E11" s="93"/>
+      <c r="F11" s="82" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="85">
+        <v>8</v>
+      </c>
+      <c r="H11" s="15"/>
+    </row>
+    <row r="12" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="52" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" s="63"/>
+      <c r="C12" s="38"/>
+      <c r="D12" s="17"/>
+      <c r="E12" s="17"/>
+      <c r="F12" s="55"/>
+      <c r="G12" s="56"/>
+      <c r="H12" s="2"/>
+    </row>
+    <row r="13" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" s="62" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H13" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C14" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D14" s="10"/>
+      <c r="E14" s="10"/>
+      <c r="F14" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H14" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="10"/>
+      <c r="E15" s="10"/>
+      <c r="F15" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="14">
+        <v>8</v>
+      </c>
+      <c r="H15" s="13"/>
+    </row>
+    <row r="16" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" s="62" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="10"/>
+      <c r="E16" s="10"/>
+      <c r="F16" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="76" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C17" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="93"/>
+      <c r="E17" s="93"/>
+      <c r="F17" s="82" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="85">
+        <v>8</v>
+      </c>
+      <c r="H17" s="5"/>
+    </row>
+    <row r="18" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="52" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" s="63"/>
+      <c r="C18" s="38"/>
+      <c r="D18" s="17"/>
+      <c r="E18" s="17"/>
+      <c r="F18" s="55"/>
+      <c r="G18" s="56"/>
+      <c r="H18" s="2"/>
+    </row>
+    <row r="19" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="76" t="s">
+        <v>95</v>
+      </c>
+      <c r="B19" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" s="77" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="84"/>
+      <c r="E19" s="84"/>
+      <c r="F19" s="82" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H19" s="5"/>
+    </row>
+    <row r="20" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="52" t="s">
+        <v>96</v>
+      </c>
+      <c r="B20" s="63"/>
+      <c r="C20" s="40"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="55"/>
+      <c r="G20" s="56"/>
+      <c r="H20" s="20"/>
+    </row>
+    <row r="21" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="53" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H21" s="11"/>
+    </row>
+    <row r="22" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="53" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="10"/>
+      <c r="F22" s="159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H22" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="53" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="10"/>
+      <c r="E23" s="10"/>
+      <c r="F23" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="14">
+        <v>8</v>
+      </c>
+      <c r="H23" s="13"/>
+    </row>
+    <row r="24" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="53" t="s">
+        <v>96</v>
+      </c>
+      <c r="B24" s="62" t="s">
+        <v>3</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="9"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="76" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C25" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+      <c r="F25" s="82" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="85">
+        <v>8</v>
+      </c>
+      <c r="H25" s="15"/>
+    </row>
+    <row r="26" spans="1:8" ht="11.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="129" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" s="130"/>
+      <c r="C26" s="131"/>
+      <c r="D26" s="132"/>
+      <c r="E26" s="132"/>
+      <c r="F26" s="133"/>
+      <c r="G26" s="134"/>
+      <c r="H26" s="112"/>
+    </row>
+    <row r="27" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="54" t="s">
+        <v>97</v>
+      </c>
+      <c r="B27" s="65" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H27" s="112"/>
+    </row>
+    <row r="28" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="53" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="32"/>
+      <c r="E28" s="32"/>
+      <c r="F28" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G28" s="69">
+        <v>12.55</v>
+      </c>
+      <c r="H28" s="112"/>
+    </row>
+    <row r="29" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="106" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="C29" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="D29" s="78"/>
+      <c r="E29" s="78"/>
+      <c r="F29" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G29" s="79">
+        <v>12.55</v>
+      </c>
+      <c r="H29" s="112"/>
+    </row>
+    <row r="30" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="123" t="s">
+        <v>105</v>
+      </c>
+      <c r="B30" s="124"/>
+      <c r="C30" s="125"/>
+      <c r="D30" s="126"/>
+      <c r="E30" s="126"/>
+      <c r="F30" s="127"/>
+      <c r="G30" s="128"/>
+      <c r="H30" s="16"/>
+    </row>
+    <row r="31" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="121" t="s">
+        <v>105</v>
+      </c>
+      <c r="B31" s="150" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" s="122" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="135"/>
+      <c r="E31" s="135"/>
+      <c r="F31" s="159" t="s">
+        <v>82</v>
+      </c>
+      <c r="G31" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H31" s="112"/>
+    </row>
+    <row r="32" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D32" s="32"/>
+      <c r="E32" s="32"/>
+      <c r="F32" s="159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H32" s="112"/>
+    </row>
+    <row r="33" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B33" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="10"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="14">
+        <v>8</v>
+      </c>
+      <c r="H33" s="112"/>
+    </row>
+    <row r="34" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" s="32"/>
+      <c r="E34" s="32"/>
+      <c r="F34" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G34" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H34" s="112"/>
+    </row>
+    <row r="35" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="106" t="s">
+        <v>105</v>
+      </c>
+      <c r="B35" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="10"/>
+      <c r="E35" s="10"/>
+      <c r="F35" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="14">
+        <v>8</v>
+      </c>
+      <c r="H35" s="112"/>
+    </row>
+    <row r="36" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="123" t="s">
+        <v>98</v>
+      </c>
+      <c r="B36" s="124"/>
+      <c r="C36" s="125"/>
+      <c r="D36" s="126"/>
+      <c r="E36" s="126"/>
+      <c r="F36" s="127"/>
+      <c r="G36" s="128"/>
+      <c r="H36" s="16"/>
+    </row>
+    <row r="37" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="106" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D37" s="158"/>
+      <c r="E37" s="158"/>
+      <c r="F37" s="96" t="s">
+        <v>82</v>
+      </c>
+      <c r="G37" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H37" s="5"/>
+    </row>
+    <row r="38" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="123" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" s="124"/>
+      <c r="C38" s="125"/>
+      <c r="D38" s="126"/>
+      <c r="E38" s="126"/>
+      <c r="F38" s="127"/>
+      <c r="G38" s="128"/>
+      <c r="H38" s="2"/>
+    </row>
+    <row r="39" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="C39" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D39" s="158"/>
+      <c r="E39" s="164"/>
+      <c r="F39" s="169" t="s">
+        <v>89</v>
+      </c>
+      <c r="G39" s="165">
+        <v>5.5</v>
+      </c>
+      <c r="H39" s="5"/>
+    </row>
+    <row r="40" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="176" t="s">
+        <v>109</v>
+      </c>
+      <c r="B40" s="177" t="s">
+        <v>2</v>
+      </c>
+      <c r="C40" s="178" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40" s="179"/>
+      <c r="E40" s="179"/>
+      <c r="F40" s="180" t="s">
+        <v>111</v>
+      </c>
+      <c r="G40" s="181"/>
+      <c r="H40" s="11"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A41" s="170" t="s">
+        <v>99</v>
+      </c>
+      <c r="B41" s="171"/>
+      <c r="C41" s="172"/>
+      <c r="D41" s="173"/>
+      <c r="E41" s="173"/>
+      <c r="F41" s="174"/>
+      <c r="G41" s="175"/>
+      <c r="H41" s="12"/>
+    </row>
+    <row r="42" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="53" t="s">
+        <v>99</v>
+      </c>
+      <c r="B42" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H42" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="53" t="s">
+        <v>99</v>
+      </c>
+      <c r="B43" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
+      <c r="F43" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H43" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="53" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C44" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="10"/>
+      <c r="E44" s="10"/>
+      <c r="F44" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="14">
+        <v>8</v>
+      </c>
+      <c r="H44" s="13"/>
+    </row>
+    <row r="45" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="53" t="s">
+        <v>99</v>
+      </c>
+      <c r="B45" s="62" t="s">
+        <v>3</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G45" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="76" t="s">
+        <v>99</v>
+      </c>
+      <c r="B46" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C46" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="93"/>
+      <c r="E46" s="93"/>
+      <c r="F46" s="82" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="85">
+        <v>8</v>
+      </c>
+      <c r="H46" s="15"/>
+    </row>
+    <row r="47" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="52" t="s">
+        <v>100</v>
+      </c>
+      <c r="B47" s="64"/>
+      <c r="C47" s="39"/>
+      <c r="D47" s="19"/>
+      <c r="E47" s="19"/>
+      <c r="F47" s="55"/>
+      <c r="G47" s="56"/>
+      <c r="H47" s="12"/>
+    </row>
+    <row r="48" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="10"/>
+      <c r="F48" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H48" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D49" s="10"/>
+      <c r="E49" s="10"/>
+      <c r="F49" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H49" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="53" t="s">
+        <v>100</v>
+      </c>
+      <c r="B50" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C50" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="10"/>
+      <c r="E50" s="10"/>
+      <c r="F50" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="14">
+        <v>8</v>
+      </c>
+      <c r="H50" s="11"/>
+    </row>
+    <row r="51" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="76" t="s">
+        <v>100</v>
+      </c>
+      <c r="B51" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C51" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G51" s="83">
+        <v>12.55</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="52" t="s">
         <v>101</v>
       </c>
-      <c r="G4" s="52" t="s">
+      <c r="B52" s="64"/>
+      <c r="C52" s="39"/>
+      <c r="D52" s="19"/>
+      <c r="E52" s="19"/>
+      <c r="F52" s="55"/>
+      <c r="G52" s="56"/>
+      <c r="H52" s="12"/>
+    </row>
+    <row r="53" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="B53" s="35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" s="9"/>
+      <c r="E53" s="9"/>
+      <c r="F53" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H53" s="11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="B54" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C54" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="D54" s="10"/>
+      <c r="E54" s="10"/>
+      <c r="F54" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H54" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="B55" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="10"/>
+      <c r="E55" s="10"/>
+      <c r="F55" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="14">
+        <v>8</v>
+      </c>
+      <c r="H55" s="13"/>
+    </row>
+    <row r="56" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="53" t="s">
+        <v>101</v>
+      </c>
+      <c r="B56" s="62" t="s">
+        <v>3</v>
+      </c>
+      <c r="C56" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D56" s="10"/>
+      <c r="E56" s="10"/>
+      <c r="F56" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="76" t="s">
+        <v>101</v>
+      </c>
+      <c r="B57" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C57" s="77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="93"/>
+      <c r="E57" s="93"/>
+      <c r="F57" s="82" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="85">
+        <v>8</v>
+      </c>
+      <c r="H57" s="15"/>
+    </row>
+    <row r="58" spans="1:8" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B58" s="61"/>
+      <c r="C58" s="38"/>
+      <c r="D58" s="3"/>
+      <c r="E58" s="94"/>
+      <c r="F58" s="75"/>
+      <c r="G58" s="4"/>
+      <c r="H58" s="16"/>
+    </row>
+    <row r="59" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="106" t="s">
+        <v>102</v>
+      </c>
+      <c r="B59" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="C59" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D59" s="98"/>
+      <c r="E59" s="98"/>
+      <c r="F59" s="68" t="s">
+        <v>85</v>
+      </c>
+      <c r="G59" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H59" s="29"/>
+    </row>
+    <row r="60" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="106" t="s">
+        <v>102</v>
+      </c>
+      <c r="B60" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="C60" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D60" s="98"/>
+      <c r="E60" s="98"/>
+      <c r="F60" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G60" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H60" s="29"/>
+    </row>
+    <row r="61" spans="1:8" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="99" t="s">
+        <v>75</v>
+      </c>
+      <c r="B61" s="100"/>
+      <c r="C61" s="101"/>
+      <c r="D61" s="105"/>
+      <c r="E61" s="105"/>
+      <c r="F61" s="103"/>
+      <c r="G61" s="104"/>
+      <c r="H61" s="18"/>
+    </row>
+    <row r="62" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="D62" s="98"/>
+      <c r="E62" s="98"/>
+      <c r="F62" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G62" s="69">
+        <v>12.55</v>
+      </c>
+      <c r="H62" s="29"/>
+    </row>
+    <row r="63" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="121" t="s">
+        <v>75</v>
+      </c>
+      <c r="B63" s="122" t="s">
+        <v>3</v>
+      </c>
+      <c r="C63" s="122" t="s">
+        <v>24</v>
+      </c>
+      <c r="D63" s="98"/>
+      <c r="E63" s="98"/>
+      <c r="F63" s="157" t="s">
+        <v>84</v>
+      </c>
+      <c r="G63" s="148">
+        <v>12.55</v>
+      </c>
+      <c r="H63" s="29"/>
+    </row>
+    <row r="64" spans="1:8" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="99" t="s">
+        <v>76</v>
+      </c>
+      <c r="B64" s="100"/>
+      <c r="C64" s="101"/>
+      <c r="D64" s="105"/>
+      <c r="E64" s="105"/>
+      <c r="F64" s="103"/>
+      <c r="G64" s="104"/>
+      <c r="H64" s="18"/>
+    </row>
+    <row r="65" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="D65" s="98"/>
+      <c r="E65" s="98"/>
+      <c r="F65" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G65" s="69">
+        <v>12.55</v>
+      </c>
+      <c r="H65" s="29"/>
+    </row>
+    <row r="66" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="121" t="s">
+        <v>76</v>
+      </c>
+      <c r="B66" s="122" t="s">
+        <v>3</v>
+      </c>
+      <c r="C66" s="122" t="s">
+        <v>24</v>
+      </c>
+      <c r="D66" s="98"/>
+      <c r="E66" s="98"/>
+      <c r="F66" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G66" s="148">
+        <v>12.55</v>
+      </c>
+      <c r="H66" s="29"/>
+    </row>
+    <row r="67" spans="1:8" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="99" t="s">
+        <v>56</v>
+      </c>
+      <c r="B67" s="100"/>
+      <c r="C67" s="101"/>
+      <c r="D67" s="105"/>
+      <c r="E67" s="105"/>
+      <c r="F67" s="103"/>
+      <c r="G67" s="104"/>
+      <c r="H67" s="18"/>
+    </row>
+    <row r="68" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B68" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D68" s="32"/>
+      <c r="E68" s="32"/>
+      <c r="F68" s="46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G68" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H68" s="29"/>
+    </row>
+    <row r="69" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B69" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D69" s="32"/>
+      <c r="E69" s="32"/>
+      <c r="F69" s="159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H69" s="29"/>
+    </row>
+    <row r="70" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B70" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D70" s="32"/>
+      <c r="E70" s="32"/>
+      <c r="F70" s="116" t="s">
+        <v>58</v>
+      </c>
+      <c r="G70" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H70" s="29"/>
+    </row>
+    <row r="71" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B71" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="32"/>
+      <c r="E71" s="32"/>
+      <c r="F71" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G71" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H71" s="29"/>
+    </row>
+    <row r="72" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="53" t="s">
+        <v>56</v>
+      </c>
+      <c r="B72" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D72" s="32"/>
+      <c r="E72" s="32"/>
+      <c r="F72" s="116" t="s">
+        <v>58</v>
+      </c>
+      <c r="G72" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H72" s="29"/>
+    </row>
+    <row r="73" spans="1:8" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="99" t="s">
+        <v>59</v>
+      </c>
+      <c r="B73" s="100"/>
+      <c r="C73" s="101"/>
+      <c r="D73" s="105"/>
+      <c r="E73" s="105"/>
+      <c r="F73" s="103"/>
+      <c r="G73" s="104"/>
+      <c r="H73" s="18"/>
+    </row>
+    <row r="74" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="117" t="s">
+        <v>59</v>
+      </c>
+      <c r="B74" s="112" t="s">
+        <v>6</v>
+      </c>
+      <c r="C74" s="112" t="s">
+        <v>34</v>
+      </c>
+      <c r="D74" s="28"/>
+      <c r="E74" s="28"/>
+      <c r="F74" s="46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G74" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H74" s="29"/>
+    </row>
+    <row r="75" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="117" t="s">
+        <v>59</v>
+      </c>
+      <c r="B75" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C75" s="112" t="s">
+        <v>16</v>
+      </c>
+      <c r="D75" s="28"/>
+      <c r="E75" s="28"/>
+      <c r="F75" s="159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H75" s="29"/>
+    </row>
+    <row r="76" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="117" t="s">
+        <v>59</v>
+      </c>
+      <c r="B76" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C76" s="112" t="s">
+        <v>57</v>
+      </c>
+      <c r="D76" s="28"/>
+      <c r="E76" s="28"/>
+      <c r="F76" s="116" t="s">
+        <v>58</v>
+      </c>
+      <c r="G76" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H76" s="29"/>
+    </row>
+    <row r="77" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="117" t="s">
+        <v>59</v>
+      </c>
+      <c r="B77" s="112" t="s">
+        <v>3</v>
+      </c>
+      <c r="C77" s="112" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" s="28"/>
+      <c r="E77" s="28"/>
+      <c r="F77" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H77" s="29"/>
+    </row>
+    <row r="78" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="121" t="s">
+        <v>59</v>
+      </c>
+      <c r="B78" s="122" t="s">
+        <v>3</v>
+      </c>
+      <c r="C78" s="122" t="s">
+        <v>57</v>
+      </c>
+      <c r="D78" s="135"/>
+      <c r="E78" s="135"/>
+      <c r="F78" s="136" t="s">
+        <v>58</v>
+      </c>
+      <c r="G78" s="97">
+        <v>12.55</v>
+      </c>
+      <c r="H78" s="29"/>
+    </row>
+    <row r="79" spans="1:8" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="B79" s="100"/>
+      <c r="C79" s="101"/>
+      <c r="D79" s="105"/>
+      <c r="E79" s="105"/>
+      <c r="F79" s="105"/>
+      <c r="G79" s="104"/>
+      <c r="H79" s="18"/>
+    </row>
+    <row r="80" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="121" t="s">
+        <v>79</v>
+      </c>
+      <c r="B80" s="122" t="s">
+        <v>6</v>
+      </c>
+      <c r="C80" s="122" t="s">
+        <v>34</v>
+      </c>
+      <c r="D80" s="135"/>
+      <c r="E80" s="135"/>
+      <c r="F80" s="166" t="s">
+        <v>82</v>
+      </c>
+      <c r="G80" s="8">
+        <v>6.85</v>
+      </c>
+      <c r="H80" s="29"/>
+    </row>
+    <row r="81" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="99" t="s">
+        <v>77</v>
+      </c>
+      <c r="B81" s="100"/>
+      <c r="C81" s="101"/>
+      <c r="D81" s="105"/>
+      <c r="E81" s="105"/>
+      <c r="F81" s="17"/>
+      <c r="G81" s="104"/>
+      <c r="H81" s="18"/>
+    </row>
+    <row r="82" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="121" t="s">
+        <v>77</v>
+      </c>
+      <c r="B82" s="122" t="s">
+        <v>2</v>
+      </c>
+      <c r="C82" s="122" t="s">
+        <v>78</v>
+      </c>
+      <c r="D82" s="135"/>
+      <c r="E82" s="135"/>
+      <c r="F82" s="166" t="s">
+        <v>89</v>
+      </c>
+      <c r="G82" s="145">
+        <v>5.5</v>
+      </c>
+      <c r="H82" s="29"/>
+    </row>
+    <row r="83" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="99" t="s">
+        <v>103</v>
+      </c>
+      <c r="B83" s="100"/>
+      <c r="C83" s="101"/>
+      <c r="D83" s="105"/>
+      <c r="E83" s="105"/>
+      <c r="F83" s="105"/>
+      <c r="G83" s="104"/>
+      <c r="H83" s="18"/>
+    </row>
+    <row r="84" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="106" t="s">
+        <v>103</v>
+      </c>
+      <c r="B84" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="C84" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D84" s="98"/>
+      <c r="E84" s="98"/>
+      <c r="F84" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G84" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H84" s="29"/>
+    </row>
+    <row r="85" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="106" t="s">
+        <v>103</v>
+      </c>
+      <c r="B85" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="C85" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D85" s="98"/>
+      <c r="E85" s="98"/>
+      <c r="F85" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G85" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H85" s="29"/>
+    </row>
+    <row r="86" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="99" t="s">
+        <v>112</v>
+      </c>
+      <c r="B86" s="100"/>
+      <c r="C86" s="101"/>
+      <c r="D86" s="105"/>
+      <c r="E86" s="105"/>
+      <c r="F86" s="105"/>
+      <c r="G86" s="104"/>
+      <c r="H86" s="18"/>
+    </row>
+    <row r="87" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="106" t="s">
+        <v>113</v>
+      </c>
+      <c r="B87" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="C87" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D87"/>
+      <c r="E87" s="182" t="s">
+        <v>115</v>
+      </c>
+      <c r="F87" s="157" t="s">
+        <v>116</v>
+      </c>
+      <c r="G87" s="183">
+        <v>12.55</v>
+      </c>
+      <c r="H87" s="29"/>
+    </row>
+    <row r="88" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="106" t="s">
+        <v>113</v>
+      </c>
+      <c r="B88" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="C88" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="D88" s="98"/>
+      <c r="E88" s="182" t="s">
+        <v>115</v>
+      </c>
+      <c r="F88" s="157" t="s">
+        <v>118</v>
+      </c>
+      <c r="G88" s="183">
+        <v>11.4</v>
+      </c>
+      <c r="H88" s="29"/>
+    </row>
+    <row r="89" spans="1:9" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="137" t="s">
+        <v>65</v>
+      </c>
+      <c r="B89" s="138"/>
+      <c r="C89" s="138"/>
+      <c r="D89" s="105"/>
+      <c r="E89" s="139"/>
+      <c r="F89" s="140"/>
+      <c r="G89" s="141"/>
+      <c r="H89" s="29"/>
+    </row>
+    <row r="90" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="106" t="s">
+        <v>65</v>
+      </c>
+      <c r="B90" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="C90" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D90" s="98"/>
+      <c r="E90" s="98"/>
+      <c r="F90" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G90" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H90" s="22"/>
+      <c r="I90" s="33"/>
+    </row>
+    <row r="91" spans="1:9" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="137" t="s">
+        <v>64</v>
+      </c>
+      <c r="B91" s="138"/>
+      <c r="C91" s="138"/>
+      <c r="D91" s="139"/>
+      <c r="E91" s="139"/>
+      <c r="F91" s="140"/>
+      <c r="G91" s="141"/>
+      <c r="H91" s="29"/>
+    </row>
+    <row r="92" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="106" t="s">
+        <v>64</v>
+      </c>
+      <c r="B92" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="C92" s="13" t="s">
         <v>25</v>
       </c>
+      <c r="D92" s="98"/>
+      <c r="E92" s="98"/>
+      <c r="F92" s="119" t="s">
+        <v>35</v>
+      </c>
+      <c r="G92" s="107">
+        <v>10.3</v>
+      </c>
+      <c r="H92" s="22"/>
+      <c r="I92" s="33"/>
     </row>
-    <row r="5" spans="1:7" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G5" s="52" t="s">
+    <row r="93" spans="1:9" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="137" t="s">
+        <v>63</v>
+      </c>
+      <c r="B93" s="138"/>
+      <c r="C93" s="138"/>
+      <c r="D93" s="139"/>
+      <c r="E93" s="139"/>
+      <c r="F93" s="140"/>
+      <c r="G93" s="141"/>
+      <c r="H93" s="29"/>
+    </row>
+    <row r="94" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="106" t="s">
+        <v>63</v>
+      </c>
+      <c r="B94" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="C94" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D94" s="98"/>
+      <c r="E94" s="98"/>
+      <c r="F94" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G94" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H94" s="22"/>
+      <c r="I94" s="33"/>
+    </row>
+    <row r="95" spans="1:9" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="137" t="s">
+        <v>60</v>
+      </c>
+      <c r="B95" s="138"/>
+      <c r="C95" s="138"/>
+      <c r="D95" s="139"/>
+      <c r="E95" s="139"/>
+      <c r="F95" s="140"/>
+      <c r="G95" s="141"/>
+      <c r="H95" s="29"/>
+    </row>
+    <row r="96" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="54" t="s">
+        <v>60</v>
+      </c>
+      <c r="B96" s="81" t="s">
+        <v>2</v>
+      </c>
+      <c r="C96" s="77" t="s">
         <v>25</v>
       </c>
+      <c r="D96" s="114"/>
+      <c r="E96" s="114"/>
+      <c r="F96" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G96" s="8">
+        <v>10.3</v>
+      </c>
+      <c r="H96" s="22"/>
+      <c r="I96" s="33"/>
     </row>
-    <row r="6" spans="1:7" ht="12" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G6" s="2"/>
+    <row r="97" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="137" t="s">
+        <v>67</v>
+      </c>
+      <c r="B97" s="138"/>
+      <c r="C97" s="138"/>
+      <c r="D97" s="139"/>
+      <c r="E97" s="139"/>
+      <c r="F97" s="167"/>
+      <c r="G97" s="168"/>
+      <c r="H97" s="2"/>
     </row>
-    <row r="7" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      </c>
+    <row r="98" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B98" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C98" s="109" t="s">
+        <v>32</v>
+      </c>
+      <c r="D98" s="114"/>
+      <c r="E98" s="114"/>
+      <c r="F98" s="45" t="s">
+        <v>71</v>
+      </c>
+      <c r="G98" s="8">
+        <v>43.3</v>
+      </c>
+      <c r="H98" s="29"/>
     </row>
-    <row r="8" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B8" s="30" t="s">
+    <row r="99" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B99" s="112" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="11" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="C99" s="113" t="s">
+        <v>68</v>
+      </c>
+      <c r="D99" s="114"/>
+      <c r="E99" s="114"/>
+      <c r="F99" s="46" t="s">
+        <v>73</v>
+      </c>
+      <c r="G99" s="115">
+        <v>71.8</v>
+      </c>
+      <c r="H99" s="29"/>
     </row>
-    <row r="9" spans="1:7" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C9" s="70" t="s">
+    <row r="100" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="53" t="s">
+        <v>67</v>
+      </c>
+      <c r="B100" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C100" s="113" t="s">
+        <v>33</v>
+      </c>
+      <c r="D100" s="114"/>
+      <c r="E100" s="114"/>
+      <c r="F100" s="46" t="s">
+        <v>72</v>
+      </c>
+      <c r="G100" s="115">
+        <v>54.7</v>
+      </c>
+      <c r="H100" s="29"/>
+      <c r="I100" s="45"/>
+    </row>
+    <row r="101" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="117" t="s">
+        <v>67</v>
+      </c>
+      <c r="B101" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C101" s="113" t="s">
+        <v>69</v>
+      </c>
+      <c r="D101" s="114"/>
+      <c r="E101" s="114"/>
+      <c r="F101" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="G101" s="115">
+        <v>83.2</v>
+      </c>
+      <c r="H101" s="29"/>
+      <c r="I101" s="146"/>
+    </row>
+    <row r="102" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="117" t="s">
+        <v>67</v>
+      </c>
+      <c r="B102" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C102" s="113" t="s">
+        <v>70</v>
+      </c>
+      <c r="D102" s="114"/>
+      <c r="E102" s="114"/>
+      <c r="F102" s="46" t="s">
+        <v>108</v>
+      </c>
+      <c r="G102" s="115">
+        <v>128.80000000000001</v>
+      </c>
+      <c r="H102" s="29"/>
+    </row>
+    <row r="103" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="137" t="s">
+        <v>66</v>
+      </c>
+      <c r="B103" s="138"/>
+      <c r="C103" s="138"/>
+      <c r="D103" s="139"/>
+      <c r="E103" s="139"/>
+      <c r="F103" s="140"/>
+      <c r="G103" s="141"/>
+      <c r="H103" s="2"/>
+    </row>
+    <row r="104" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B104" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C104" s="109" t="s">
+        <v>32</v>
+      </c>
+      <c r="D104" s="114"/>
+      <c r="E104" s="114"/>
+      <c r="F104" s="46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G104" s="8">
+        <v>43.3</v>
+      </c>
+      <c r="H104" s="29"/>
+    </row>
+    <row r="105" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B105" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C105" s="113" t="s">
+        <v>68</v>
+      </c>
+      <c r="D105" s="114"/>
+      <c r="E105" s="114"/>
+      <c r="F105" s="46" t="s">
+        <v>73</v>
+      </c>
+      <c r="G105" s="115">
+        <v>71.8</v>
+      </c>
+      <c r="H105" s="29"/>
+    </row>
+    <row r="106" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B106" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C106" s="113" t="s">
+        <v>33</v>
+      </c>
+      <c r="D106" s="114"/>
+      <c r="E106" s="114"/>
+      <c r="F106" s="46" t="s">
+        <v>72</v>
+      </c>
+      <c r="G106" s="115">
+        <v>54.7</v>
+      </c>
+      <c r="H106" s="29"/>
+    </row>
+    <row r="107" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B107" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C107" s="113" t="s">
+        <v>69</v>
+      </c>
+      <c r="D107" s="114"/>
+      <c r="E107" s="114"/>
+      <c r="F107" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="G107" s="115">
+        <v>83.2</v>
+      </c>
+      <c r="H107" s="29"/>
+    </row>
+    <row r="108" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="53" t="s">
+        <v>66</v>
+      </c>
+      <c r="B108" s="112" t="s">
+        <v>2</v>
+      </c>
+      <c r="C108" s="113" t="s">
+        <v>70</v>
+      </c>
+      <c r="D108" s="114"/>
+      <c r="E108" s="114"/>
+      <c r="F108" s="46" t="s">
+        <v>108</v>
+      </c>
+      <c r="G108" s="115">
+        <v>128.80000000000001</v>
+      </c>
+      <c r="H108" s="29"/>
+    </row>
+    <row r="109" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="137" t="s">
+        <v>61</v>
+      </c>
+      <c r="B109" s="138"/>
+      <c r="C109" s="138"/>
+      <c r="D109" s="139"/>
+      <c r="E109" s="139"/>
+      <c r="F109" s="140"/>
+      <c r="G109" s="141"/>
+      <c r="H109" s="2"/>
+    </row>
+    <row r="110" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="53" t="s">
+        <v>61</v>
+      </c>
+      <c r="B110" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C110" s="109" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="85"/>
-[...6 lines deleted...]
-      </c>
+      <c r="D110" s="114"/>
+      <c r="E110" s="114"/>
+      <c r="F110" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G110" s="8">
+        <v>22.6</v>
+      </c>
+      <c r="H110" s="29"/>
     </row>
-    <row r="10" spans="1:7" ht="12" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G10" s="10"/>
+    <row r="111" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="99" t="s">
+        <v>49</v>
+      </c>
+      <c r="B111" s="100"/>
+      <c r="C111" s="101"/>
+      <c r="D111" s="105"/>
+      <c r="E111" s="105"/>
+      <c r="F111" s="103"/>
+      <c r="G111" s="104"/>
+      <c r="H111" s="2"/>
     </row>
-    <row r="11" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="B12" s="56" t="s">
+    <row r="112" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="106" t="s">
+        <v>49</v>
+      </c>
+      <c r="B112" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="11" t="s">
-[...18 lines deleted...]
-      <c r="C13" s="11" t="s">
+      <c r="C112" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="D13" s="8"/>
-[...1603 lines deleted...]
-      <c r="G112" s="25"/>
+      <c r="D112" s="98"/>
+      <c r="E112" s="98"/>
+      <c r="F112" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G112" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H112" s="29"/>
     </row>
     <row r="113" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A113" s="96" t="s">
-[...2 lines deleted...]
-      <c r="B113" s="11" t="s">
+      <c r="A113" s="76" t="s">
+        <v>49</v>
+      </c>
+      <c r="B113" s="77" t="s">
         <v>3</v>
       </c>
-      <c r="C113" s="11" t="s">
-[...7 lines deleted...]
-      <c r="G113" s="25"/>
+      <c r="C113" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="D113" s="78"/>
+      <c r="E113" s="78"/>
+      <c r="F113" s="162" t="s">
+        <v>85</v>
+      </c>
+      <c r="G113" s="79">
+        <v>12.55</v>
+      </c>
+      <c r="H113" s="29"/>
     </row>
-    <row r="114" spans="1:8" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="123" t="s">
+    <row r="114" spans="1:8" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="51" t="s">
         <v>104</v>
       </c>
-      <c r="B114" s="124"/>
-[...4 lines deleted...]
-      <c r="G114" s="25"/>
+      <c r="B114" s="61"/>
+      <c r="C114" s="37"/>
+      <c r="D114" s="3"/>
+      <c r="E114" s="3"/>
+      <c r="F114" s="44"/>
+      <c r="G114" s="4"/>
+      <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="96" t="s">
+    <row r="115" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="106" t="s">
         <v>104</v>
       </c>
-      <c r="B115" s="30" t="s">
+      <c r="B115" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="C115" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H115" s="28"/>
+      <c r="C115" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D115" s="98"/>
+      <c r="E115" s="98"/>
+      <c r="F115" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G115" s="107">
+        <v>12.55</v>
+      </c>
+      <c r="H115" s="29"/>
     </row>
-    <row r="116" spans="1:8" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G116" s="25"/>
+    <row r="116" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="76" t="s">
+        <v>104</v>
+      </c>
+      <c r="B116" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="C116" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="D116" s="78"/>
+      <c r="E116" s="78"/>
+      <c r="F116" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G116" s="79">
+        <v>12.55</v>
+      </c>
+      <c r="H116" s="29"/>
     </row>
-    <row r="117" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B117" s="30" t="s">
+    <row r="117" spans="1:8" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="52" t="s">
+        <v>36</v>
+      </c>
+      <c r="B117" s="63"/>
+      <c r="C117" s="38"/>
+      <c r="D117" s="17"/>
+      <c r="E117" s="17"/>
+      <c r="F117" s="103"/>
+      <c r="G117" s="56"/>
+      <c r="H117" s="29"/>
+    </row>
+    <row r="118" spans="1:8" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="54" t="s">
+        <v>36</v>
+      </c>
+      <c r="B118" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D118" s="32"/>
+      <c r="E118" s="32"/>
+      <c r="F118" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H118" s="2"/>
+    </row>
+    <row r="119" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="54" t="s">
+        <v>36</v>
+      </c>
+      <c r="B119" s="62" t="s">
         <v>2</v>
       </c>
-      <c r="C117" s="11" t="s">
-[...8 lines deleted...]
-      <c r="H117" s="28"/>
+      <c r="C119" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D119" s="28"/>
+      <c r="E119" s="28"/>
+      <c r="F119" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H119" s="29"/>
     </row>
-    <row r="118" spans="1:8" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G118" s="25"/>
+    <row r="120" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="80" t="s">
+        <v>36</v>
+      </c>
+      <c r="B120" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C120" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" s="78"/>
+      <c r="E120" s="78"/>
+      <c r="F120" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="G120" s="83">
+        <v>12.55</v>
+      </c>
+      <c r="H120" s="29"/>
     </row>
-    <row r="119" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="H119" s="28"/>
+    <row r="121" spans="1:8" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="52" t="s">
+        <v>37</v>
+      </c>
+      <c r="B121" s="63"/>
+      <c r="C121" s="38"/>
+      <c r="D121" s="17"/>
+      <c r="E121" s="17"/>
+      <c r="F121" s="55"/>
+      <c r="G121" s="56"/>
+      <c r="H121" s="29"/>
     </row>
-    <row r="120" spans="1:8" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      <c r="G122" s="2"/>
+    <row r="122" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="54" t="s">
+        <v>37</v>
+      </c>
+      <c r="B122" s="62" t="s">
+        <v>6</v>
+      </c>
+      <c r="C122" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" s="28"/>
+      <c r="E122" s="28"/>
+      <c r="F122" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H122" s="29"/>
     </row>
     <row r="123" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="48" t="s">
+      <c r="A123" s="54" t="s">
+        <v>37</v>
+      </c>
+      <c r="B123" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="28"/>
+      <c r="E123" s="28"/>
+      <c r="F123" s="46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" s="8">
+        <v>12.55</v>
+      </c>
+      <c r="H123" s="29"/>
+    </row>
+    <row r="124" spans="1:8" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="70" t="s">
+        <v>37</v>
+      </c>
+      <c r="B124" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="C124" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D124" s="98"/>
+      <c r="E124" s="98"/>
+      <c r="F124" s="96" t="s">
+        <v>14</v>
+      </c>
+      <c r="G124" s="97">
+        <v>12.55</v>
+      </c>
+      <c r="H124" s="2"/>
+    </row>
+    <row r="125" spans="1:8" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="99" t="s">
+        <v>80</v>
+      </c>
+      <c r="B125" s="100"/>
+      <c r="C125" s="101"/>
+      <c r="D125" s="102"/>
+      <c r="E125" s="102"/>
+      <c r="F125" s="103"/>
+      <c r="G125" s="104"/>
+      <c r="H125" s="5"/>
+    </row>
+    <row r="126" spans="1:8" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="149" t="s">
+        <v>80</v>
+      </c>
+      <c r="B126" s="150" t="s">
+        <v>2</v>
+      </c>
+      <c r="C126" s="122" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" s="135"/>
+      <c r="E126" s="135"/>
+      <c r="F126" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G126" s="8">
+        <v>10.3</v>
+      </c>
+      <c r="H126" s="2"/>
+    </row>
+    <row r="127" spans="1:8" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="99" t="s">
+        <v>45</v>
+      </c>
+      <c r="B127" s="100"/>
+      <c r="C127" s="101"/>
+      <c r="D127" s="102"/>
+      <c r="E127" s="102"/>
+      <c r="F127" s="103"/>
+      <c r="G127" s="104"/>
+      <c r="H127" s="5"/>
+    </row>
+    <row r="128" spans="1:8" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="B128" s="81" t="s">
+        <v>2</v>
+      </c>
+      <c r="C128" s="77" t="s">
+        <v>25</v>
+      </c>
+      <c r="D128" s="86"/>
+      <c r="E128" s="86"/>
+      <c r="F128" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G128" s="8">
+        <v>10.3</v>
+      </c>
+      <c r="H128" s="2"/>
+    </row>
+    <row r="129" spans="1:9" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="99" t="s">
+        <v>83</v>
+      </c>
+      <c r="B129" s="100"/>
+      <c r="C129" s="101"/>
+      <c r="D129" s="105"/>
+      <c r="E129" s="105"/>
+      <c r="F129" s="103"/>
+      <c r="G129" s="104"/>
+      <c r="H129" s="5"/>
+    </row>
+    <row r="130" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="160" t="s">
+        <v>83</v>
+      </c>
+      <c r="B130" s="150" t="s">
+        <v>2</v>
+      </c>
+      <c r="C130" s="122" t="s">
+        <v>78</v>
+      </c>
+      <c r="D130" s="161"/>
+      <c r="E130" s="161"/>
+      <c r="F130" s="166" t="s">
+        <v>89</v>
+      </c>
+      <c r="G130" s="151">
+        <v>5.5</v>
+      </c>
+      <c r="H130" s="2"/>
+    </row>
+    <row r="131" spans="1:9" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="99" t="s">
+        <v>38</v>
+      </c>
+      <c r="B131" s="100"/>
+      <c r="C131" s="101"/>
+      <c r="D131" s="105"/>
+      <c r="E131" s="105"/>
+      <c r="F131" s="103"/>
+      <c r="G131" s="104"/>
+      <c r="H131" s="5"/>
+    </row>
+    <row r="132" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="76" t="s">
+        <v>38</v>
+      </c>
+      <c r="B132" s="81" t="s">
+        <v>2</v>
+      </c>
+      <c r="C132" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="D132" s="84"/>
+      <c r="E132" s="84"/>
+      <c r="F132" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="G132" s="85">
+        <v>9.15</v>
+      </c>
+      <c r="H132" s="2"/>
+    </row>
+    <row r="133" spans="1:9" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="99" t="s">
+        <v>81</v>
+      </c>
+      <c r="B133" s="100"/>
+      <c r="C133" s="101"/>
+      <c r="D133" s="105"/>
+      <c r="E133" s="105"/>
+      <c r="F133" s="103"/>
+      <c r="G133" s="104"/>
+      <c r="H133" s="5"/>
+    </row>
+    <row r="134" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="53" t="s">
+        <v>81</v>
+      </c>
+      <c r="B134" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="D134" s="6"/>
+      <c r="E134" s="6"/>
+      <c r="F134" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G134" s="14">
+        <v>12.55</v>
+      </c>
+      <c r="H134" s="16"/>
+    </row>
+    <row r="135" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B135" s="35" t="s">
+        <v>3</v>
+      </c>
+      <c r="C135" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D135" s="158"/>
+      <c r="E135" s="158"/>
+      <c r="F135" s="157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G135" s="151">
+        <v>12.55</v>
+      </c>
+      <c r="H135" s="16"/>
+    </row>
+    <row r="136" spans="1:9" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="99" t="s">
+        <v>39</v>
+      </c>
+      <c r="B136" s="100"/>
+      <c r="C136" s="101"/>
+      <c r="D136" s="105"/>
+      <c r="E136" s="105"/>
+      <c r="F136" s="103"/>
+      <c r="G136" s="104"/>
+      <c r="H136" s="22"/>
+    </row>
+    <row r="137" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="152" t="s">
+        <v>39</v>
+      </c>
+      <c r="B137" s="153" t="s">
+        <v>2</v>
+      </c>
+      <c r="C137" s="154" t="s">
+        <v>26</v>
+      </c>
+      <c r="D137" s="155"/>
+      <c r="E137" s="155"/>
+      <c r="F137" s="147" t="s">
+        <v>27</v>
+      </c>
+      <c r="G137" s="156">
+        <v>9.15</v>
+      </c>
+      <c r="H137" s="2"/>
+    </row>
+    <row r="138" spans="1:9" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="52" t="s">
+        <v>40</v>
+      </c>
+      <c r="B138" s="63"/>
+      <c r="C138" s="38"/>
+      <c r="D138" s="17"/>
+      <c r="E138" s="17"/>
+      <c r="F138" s="55"/>
+      <c r="G138" s="56"/>
+      <c r="H138" s="22"/>
+      <c r="I138" s="34"/>
+    </row>
+    <row r="139" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="106" t="s">
+        <v>40</v>
+      </c>
+      <c r="B139" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="C139" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D139" s="118"/>
+      <c r="E139" s="118"/>
+      <c r="F139" s="119" t="s">
+        <v>35</v>
+      </c>
+      <c r="G139" s="120">
+        <v>10.3</v>
+      </c>
+      <c r="H139" s="22"/>
+      <c r="I139" s="33"/>
+    </row>
+    <row r="140" spans="1:9" s="23" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="B140" s="63"/>
+      <c r="C140" s="38"/>
+      <c r="D140" s="17"/>
+      <c r="E140" s="17"/>
+      <c r="F140" s="55"/>
+      <c r="G140" s="56"/>
+      <c r="H140" s="2"/>
+    </row>
+    <row r="141" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="54" t="s">
+        <v>41</v>
+      </c>
+      <c r="B141" s="65" t="s">
+        <v>2</v>
+      </c>
+      <c r="C141" s="41" t="s">
+        <v>29</v>
+      </c>
+      <c r="D141" s="30"/>
+      <c r="E141" s="30"/>
+      <c r="F141" s="47" t="s">
+        <v>31</v>
+      </c>
+      <c r="G141" s="31">
+        <v>9.15</v>
+      </c>
+      <c r="H141" s="2"/>
+    </row>
+    <row r="142" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="B142" s="87" t="s">
+        <v>3</v>
+      </c>
+      <c r="C142" s="88" t="s">
+        <v>28</v>
+      </c>
+      <c r="D142" s="89"/>
+      <c r="E142" s="89"/>
+      <c r="F142" s="82" t="s">
+        <v>30</v>
+      </c>
+      <c r="G142" s="90">
+        <v>9.15</v>
+      </c>
+      <c r="H142" s="2"/>
+    </row>
+    <row r="143" spans="1:9" s="23" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="52" t="s">
+        <v>42</v>
+      </c>
+      <c r="B143" s="63"/>
+      <c r="C143" s="38"/>
+      <c r="D143" s="17"/>
+      <c r="E143" s="17"/>
+      <c r="F143" s="55"/>
+      <c r="G143" s="56"/>
+      <c r="H143" s="2"/>
+    </row>
+    <row r="144" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B144" s="65" t="s">
+        <v>2</v>
+      </c>
+      <c r="C144" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D144" s="30"/>
+      <c r="E144" s="30"/>
+      <c r="F144" s="46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G144" s="31">
+        <v>43.3</v>
+      </c>
+      <c r="H144" s="2"/>
+      <c r="I144" s="43"/>
+    </row>
+    <row r="145" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B145" s="65" t="s">
+        <v>2</v>
+      </c>
+      <c r="C145" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="D145" s="30"/>
+      <c r="E145" s="30"/>
+      <c r="F145" s="46" t="s">
+        <v>72</v>
+      </c>
+      <c r="G145" s="31">
+        <v>54.7</v>
+      </c>
+      <c r="H145" s="2"/>
+      <c r="I145" s="43"/>
+    </row>
+    <row r="146" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="70" t="s">
+        <v>42</v>
+      </c>
+      <c r="B146" s="71" t="s">
+        <v>2</v>
+      </c>
+      <c r="C146" s="72" t="s">
+        <v>70</v>
+      </c>
+      <c r="D146" s="73"/>
+      <c r="E146" s="73"/>
+      <c r="F146" s="46" t="s">
+        <v>108</v>
+      </c>
+      <c r="G146" s="74">
+        <v>128.80000000000001</v>
+      </c>
+      <c r="H146" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" s="23" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="B147" s="63"/>
+      <c r="C147" s="38"/>
+      <c r="D147" s="17"/>
+      <c r="E147" s="17"/>
+      <c r="F147" s="55"/>
+      <c r="G147" s="56"/>
+      <c r="H147" s="2"/>
+    </row>
+    <row r="148" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="B148" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C148" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D148" s="114"/>
+      <c r="E148" s="114"/>
+      <c r="F148" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G148" s="8">
+        <v>22.6</v>
+      </c>
+      <c r="H148" s="21">
+        <v>121952</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="76" t="s">
+        <v>43</v>
+      </c>
+      <c r="B149" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="C149" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="D149" s="142"/>
+      <c r="E149" s="142"/>
+      <c r="F149" s="82" t="s">
+        <v>62</v>
+      </c>
+      <c r="G149" s="83">
+        <v>22.6</v>
+      </c>
+      <c r="H149" s="21">
+        <v>121952</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="52" t="s">
+        <v>44</v>
+      </c>
+      <c r="B150" s="63"/>
+      <c r="C150" s="38"/>
+      <c r="D150" s="105"/>
+      <c r="E150" s="105"/>
+      <c r="F150" s="55"/>
+      <c r="G150" s="56"/>
+      <c r="H150" s="2"/>
+    </row>
+    <row r="151" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="110" t="s">
+        <v>44</v>
+      </c>
+      <c r="B151" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C151" s="111" t="s">
+        <v>19</v>
+      </c>
+      <c r="D151" s="114"/>
+      <c r="E151" s="114"/>
+      <c r="F151" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G151" s="8">
+        <v>22.6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="91" t="s">
+        <v>44</v>
+      </c>
+      <c r="B152" s="77" t="s">
+        <v>3</v>
+      </c>
+      <c r="C152" s="92" t="s">
+        <v>19</v>
+      </c>
+      <c r="D152" s="142"/>
+      <c r="E152" s="142"/>
+      <c r="F152" s="82" t="s">
+        <v>62</v>
+      </c>
+      <c r="G152" s="83">
+        <v>22.6</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" s="23" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="52" t="s">
+        <v>46</v>
+      </c>
+      <c r="B153" s="63"/>
+      <c r="C153" s="101"/>
+      <c r="D153" s="105"/>
+      <c r="E153" s="105"/>
+      <c r="F153" s="55"/>
+      <c r="G153" s="56"/>
+      <c r="H153" s="2"/>
+    </row>
+    <row r="154" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="108" t="s">
+        <v>46</v>
+      </c>
+      <c r="B154" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C154" s="109" t="s">
+        <v>19</v>
+      </c>
+      <c r="D154" s="114"/>
+      <c r="E154" s="114"/>
+      <c r="F154" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G154" s="8">
+        <v>22.6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" s="23" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="110" t="s">
+        <v>46</v>
+      </c>
+      <c r="B155" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="C155" s="111" t="s">
+        <v>19</v>
+      </c>
+      <c r="D155" s="142"/>
+      <c r="E155" s="142"/>
+      <c r="F155" s="46" t="s">
+        <v>62</v>
+      </c>
+      <c r="G155" s="145">
+        <v>22.6</v>
+      </c>
+      <c r="H155" s="2"/>
+    </row>
+    <row r="156" spans="1:9" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="99" t="s">
         <v>106</v>
       </c>
-      <c r="B123" s="12" t="s">
-[...10 lines deleted...]
-      <c r="G123" s="25"/>
+      <c r="B156" s="100"/>
+      <c r="C156" s="101"/>
+      <c r="D156" s="105"/>
+      <c r="E156" s="105"/>
+      <c r="F156" s="103"/>
+      <c r="G156" s="104"/>
+      <c r="H156" s="58" t="s">
+        <v>8</v>
+      </c>
     </row>
-    <row r="124" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="48" t="s">
+    <row r="157" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="143" t="s">
         <v>106</v>
       </c>
-      <c r="B124" s="101" t="s">
-[...2 lines deleted...]
-      <c r="C124" s="102" t="s">
+      <c r="B157" s="122" t="s">
+        <v>53</v>
+      </c>
+      <c r="C157" s="144" t="s">
+        <v>54</v>
+      </c>
+      <c r="D157" s="142"/>
+      <c r="E157" s="142"/>
+      <c r="F157" s="96" t="s">
+        <v>55</v>
+      </c>
+      <c r="G157" s="145">
+        <v>9.15</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="91" t="s">
+        <v>106</v>
+      </c>
+      <c r="B158" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="C158" s="92" t="s">
+        <v>86</v>
+      </c>
+      <c r="D158" s="84"/>
+      <c r="E158" s="84"/>
+      <c r="F158" s="82" t="s">
+        <v>87</v>
+      </c>
+      <c r="G158" s="83">
+        <v>4.55</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="99" t="s">
         <v>107</v>
       </c>
-      <c r="D124" s="103"/>
-[...4 lines deleted...]
-      <c r="G124" s="25"/>
+      <c r="B159" s="100"/>
+      <c r="C159" s="101"/>
+      <c r="D159" s="105"/>
+      <c r="E159" s="105"/>
+      <c r="F159" s="103"/>
+      <c r="G159" s="104"/>
+      <c r="H159" s="58" t="s">
+        <v>8</v>
+      </c>
     </row>
-    <row r="125" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="H125" s="40"/>
+    <row r="160" spans="1:9" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="143" t="s">
+        <v>107</v>
+      </c>
+      <c r="B160" s="122" t="s">
+        <v>53</v>
+      </c>
+      <c r="C160" s="144" t="s">
+        <v>54</v>
+      </c>
+      <c r="D160" s="142"/>
+      <c r="E160" s="142"/>
+      <c r="F160" s="96" t="s">
+        <v>55</v>
+      </c>
+      <c r="G160" s="145">
+        <v>9.15</v>
+      </c>
     </row>
-    <row r="126" spans="1:8" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="H126" s="130"/>
+    <row r="161" spans="1:7" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="91" t="s">
+        <v>107</v>
+      </c>
+      <c r="B161" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="C161" s="92" t="s">
+        <v>86</v>
+      </c>
+      <c r="D161" s="84"/>
+      <c r="E161" s="84"/>
+      <c r="F161" s="82" t="s">
+        <v>87</v>
+      </c>
+      <c r="G161" s="83">
+        <v>4.55</v>
+      </c>
     </row>
-    <row r="127" spans="1:8" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...543 lines deleted...]
-      <c r="G162" s="25"/>
+    <row r="162" spans="1:7" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="99" t="s">
+        <v>50</v>
+      </c>
+      <c r="B162" s="100"/>
+      <c r="C162" s="101"/>
+      <c r="D162" s="105"/>
+      <c r="E162" s="105"/>
+      <c r="F162" s="103"/>
+      <c r="G162" s="104"/>
     </row>
     <row r="163" spans="1:7" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="49" t="s">
-[...13 lines deleted...]
-      <c r="G163" s="25"/>
+      <c r="A163" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="B163" s="62" t="s">
+        <v>4</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D163" s="6"/>
+      <c r="E163" s="6"/>
+      <c r="F163" s="46" t="s">
+        <v>52</v>
+      </c>
+      <c r="G163" s="8">
+        <v>7.4</v>
+      </c>
     </row>
-    <row r="164" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G164" s="2"/>
+    <row r="164" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D164" s="7"/>
+      <c r="E164" s="7"/>
+      <c r="F164" s="33"/>
     </row>
-    <row r="165" spans="1:7" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G165" s="4"/>
+    <row r="165" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D165" s="7"/>
+      <c r="E165" s="7"/>
+      <c r="F165" s="33"/>
     </row>
-    <row r="166" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G166" s="2"/>
+    <row r="166" spans="1:7" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D166" s="7"/>
+      <c r="E166" s="7"/>
     </row>
-    <row r="167" spans="1:7" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G167" s="4"/>
+    <row r="167" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D167" s="34"/>
+      <c r="E167" s="34"/>
     </row>
-    <row r="168" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G168" s="2"/>
+    <row r="168" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D168" s="7"/>
+      <c r="E168" s="7"/>
+      <c r="F168" s="163"/>
     </row>
-    <row r="169" spans="1:7" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G169" s="4"/>
+    <row r="169" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="F169" s="163"/>
     </row>
-    <row r="170" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G170" s="2"/>
+    <row r="170" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D170" s="34"/>
+      <c r="E170" s="34"/>
+      <c r="F170" s="33"/>
     </row>
-    <row r="171" spans="1:7" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G171" s="4"/>
+    <row r="171" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D171" s="7"/>
+      <c r="E171" s="7"/>
+      <c r="F171" s="48"/>
     </row>
-    <row r="172" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G172" s="2"/>
+    <row r="172" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D172" s="7"/>
+      <c r="E172" s="7"/>
+      <c r="F172" s="48"/>
     </row>
-    <row r="173" spans="1:7" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G173" s="4"/>
+    <row r="173" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D173" s="34"/>
+      <c r="E173" s="34"/>
     </row>
-    <row r="174" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="G174" s="13"/>
+    <row r="174" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D174" s="34"/>
+      <c r="E174" s="34"/>
+      <c r="F174" s="48"/>
     </row>
-    <row r="175" spans="1:7" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G175" s="13"/>
+    <row r="175" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D175" s="7"/>
+      <c r="E175" s="7"/>
+      <c r="F175" s="48"/>
     </row>
-    <row r="176" spans="1:7" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G176" s="19"/>
+    <row r="176" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="D176" s="7"/>
+      <c r="E176" s="7"/>
+      <c r="F176" s="48"/>
     </row>
-    <row r="177" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G177" s="2"/>
+    <row r="177" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D177" s="7"/>
+      <c r="E177" s="7"/>
     </row>
-    <row r="178" spans="1:8" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="H178" s="29"/>
+    <row r="178" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D178" s="7"/>
+      <c r="E178" s="7"/>
     </row>
-    <row r="179" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="H179" s="28"/>
+    <row r="180" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D180" s="34"/>
+      <c r="E180" s="34"/>
     </row>
-    <row r="180" spans="1:8" s="20" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="H180" s="28"/>
+    <row r="181" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D181" s="7"/>
+      <c r="E181" s="7"/>
     </row>
-    <row r="181" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="G181" s="2"/>
+    <row r="182" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D182" s="7"/>
+      <c r="E182" s="7"/>
     </row>
-    <row r="182" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="G182" s="2"/>
+    <row r="183" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D183" s="34"/>
+      <c r="E183" s="34"/>
     </row>
-    <row r="183" spans="1:8" s="20" customFormat="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G183" s="2"/>
+    <row r="184" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D184" s="34"/>
+      <c r="E184" s="34"/>
     </row>
-    <row r="184" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="G184" s="2"/>
+    <row r="185" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D185" s="7"/>
+      <c r="E185" s="7"/>
     </row>
-    <row r="185" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="G185" s="2"/>
+    <row r="186" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D186" s="7"/>
+      <c r="E186" s="7"/>
     </row>
-    <row r="186" spans="1:8" s="20" customFormat="1" ht="12" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G186" s="2"/>
+    <row r="187" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D187" s="7"/>
+      <c r="E187" s="7"/>
     </row>
-    <row r="187" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="H187" s="38"/>
+    <row r="188" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D188" s="7"/>
+      <c r="E188" s="7"/>
     </row>
-    <row r="188" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="H188" s="38"/>
+    <row r="189" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D189" s="7"/>
+      <c r="E189" s="7"/>
     </row>
-    <row r="189" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      </c>
+    <row r="194" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I194" s="33"/>
     </row>
-    <row r="190" spans="1:8" s="20" customFormat="1" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      </c>
+    <row r="195" spans="9:9" x14ac:dyDescent="0.2">
+      <c r="I195" s="33"/>
     </row>
-    <row r="191" spans="1:8" s="20" customFormat="1" ht="12" thickTop="1" x14ac:dyDescent="0.2">
-[...321 lines deleted...]
-      <c r="B312" s="61"/>
+    <row r="271" spans="2:2" x14ac:dyDescent="0.2">
+      <c r="B271" s="67"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F204"/>
+  <autoFilter ref="A1:G163" xr:uid="{19462F70-6192-4639-B5D1-95BAED0B872B}"/>
   <phoneticPr fontId="1" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="E88" r:id="rId1" xr:uid="{8E2A8F10-56E9-493C-84A3-6432E93E152A}"/>
+    <hyperlink ref="E87" r:id="rId2" xr:uid="{E08E5582-272D-49E6-87A8-4CD911B366E3}"/>
+  </hyperlinks>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="10" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="10" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId3"/>
   <headerFooter alignWithMargins="0"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId4"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DocumentWithVideo" ma:contentTypeID="0x010100E71CB16AC54D7B4F808DCA080086F565006EAD1FE3C14C0B45B494A6575C5E643E" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7642d86ddef7a671906e87c6c4496223">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f5dd35a6-3a03-4341-8254-f00a9627fe68" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dfb3ae9b79769713c2664a33d77f3f95" ns1:_="" ns2:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="f5dd35a6-3a03-4341-8254-f00a9627fe68"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:h6ce012b9ee54b2eab3cc72a7f2c3820" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns1:BALanguage"/>
+                <xsd:element ref="ns2:o9929fa76b2c418daa292b611a8c8d4b" minOccurs="0"/>
+                <xsd:element ref="ns2:k41872b74db241a8893c32f19cce5244" minOccurs="0"/>
+                <xsd:element ref="ns1:IsInternal"/>
+                <xsd:element ref="ns1:ApprovedForDistributon"/>
+                <xsd:element ref="ns1:ReleaseDate" minOccurs="0"/>
+                <xsd:element ref="ns1:DescriptionEN" minOccurs="0"/>
+                <xsd:element ref="ns1:DescriptionDE" minOccurs="0"/>
+                <xsd:element ref="ns1:VideoUrl" minOccurs="0"/>
+                <xsd:element ref="ns1:VideoDuration" minOccurs="0"/>
+                <xsd:element ref="ns1:AdditionalSearchTerms" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="BALanguage" ma:index="12" ma:displayName="Language" ma:default="English|englisch|EN" ma:description="" ma:format="" ma:internalName="BALanguage">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Brazilian|brasilianisch|BR"/>
+          <xsd:enumeration value="Chinese|chinesisch|CN"/>
+          <xsd:enumeration value="Czech|Tschechisch|CZ"/>
+          <xsd:enumeration value="Danish|Dänisch|DK"/>
+          <xsd:enumeration value="Dutch|Niederlaendisch|NL"/>
+          <xsd:enumeration value="English|englisch|EN"/>
+          <xsd:enumeration value="Estonian|Estnisch|EE"/>
+          <xsd:enumeration value="Finnish|Finnisch|FI"/>
+          <xsd:enumeration value="Flemish|Flämisch|NL"/>
+          <xsd:enumeration value="French|französisch|FR"/>
+          <xsd:enumeration value="German|deutsch|DE"/>
+          <xsd:enumeration value="Hebrew|Hebräisch|IL"/>
+          <xsd:enumeration value="Hungarian|Ungarisch|HU"/>
+          <xsd:enumeration value="Indonesian|Indonesisch|ID"/>
+          <xsd:enumeration value="Italian|Italienisch|IT"/>
+          <xsd:enumeration value="Japanese|japanisch|JP"/>
+          <xsd:enumeration value="Korean|Koreanisch|KR"/>
+          <xsd:enumeration value="Lithuanian|Litauisch|LT"/>
+          <xsd:enumeration value="Norwegian|Norwegisch|NO"/>
+          <xsd:enumeration value="Polish|Polnisch|PL"/>
+          <xsd:enumeration value="Portuguese|portugiesisch|PT"/>
+          <xsd:enumeration value="Russian|russisch|RU"/>
+          <xsd:enumeration value="Serbian|Serbisch|RS"/>
+          <xsd:enumeration value="Slovak|Slowakisch|SK"/>
+          <xsd:enumeration value="Slovenian|Slowenisch|SI"/>
+          <xsd:enumeration value="Spanish|spanisch|ES"/>
+          <xsd:enumeration value="Swedish|Schwedisch|SE"/>
+          <xsd:enumeration value="Thai|Thailändisch|TH"/>
+          <xsd:enumeration value="Turkish|türkisch|TR"/>
+          <xsd:enumeration value="Vietnamese|Vietnamesisch|VN"/>
+          <xsd:enumeration value="multiple|mehrere|m"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="IsInternal" ma:index="17" ma:displayName="Internal?" ma:description="" ma:format="" ma:internalName="IsInternal" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ApprovedForDistributon" ma:index="18" ma:displayName="Approved for distribution?" ma:description="" ma:format="" ma:internalName="ApprovedForDistributon" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ReleaseDate" ma:index="19" nillable="true" ma:displayName="Release date" ma:description="" ma:format="DateOnly" ma:internalName="ReleaseDate" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DescriptionEN" ma:index="20" nillable="true" ma:displayName="Description (english)" ma:description="" ma:format="" ma:internalName="DescriptionEN" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DescriptionDE" ma:index="21" nillable="true" ma:displayName="Description (german)" ma:description="" ma:format="" ma:internalName="DescriptionDE" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VideoUrl" ma:index="22" nillable="true" ma:displayName="Url" ma:description="" ma:format="" ma:internalName="VideoUrl" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="VideoDuration" ma:index="23" nillable="true" ma:displayName="Duration" ma:description="" ma:format="" ma:internalName="VideoDuration" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="AdditionalSearchTerms" ma:index="24" nillable="true" ma:displayName="Additional search terms" ma:description="Enter additional search terms to make the document easier to find" ma:format="" ma:internalName="AdditionalSearchTerms" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f5dd35a6-3a03-4341-8254-f00a9627fe68" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="h6ce012b9ee54b2eab3cc72a7f2c3820" ma:index="8" nillable="true" ma:taxonomy="true" ma:internalName="h6ce012b9ee54b2eab3cc72a7f2c3820" ma:taxonomyFieldName="DocumentTypes" ma:displayName="Document types" ma:readOnly="false" ma:fieldId="{16ce012b-9ee5-4b2e-ab3c-c72a7f2c3820}" ma:taxonomyMulti="true" ma:sspId="b7cc4b58-c774-4ac4-be00-07d3d2f14636" ma:termSetId="617bbdb5-717e-4595-a6c7-778c5f801a20" ma:anchorId="afbc41bd-8630-41cc-8435-fa917ce04c50" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="9" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{631a82de-f2e1-425e-8db7-205d8e804789}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f5dd35a6-3a03-4341-8254-f00a9627fe68">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{631a82de-f2e1-425e-8db7-205d8e804789}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="f5dd35a6-3a03-4341-8254-f00a9627fe68">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="o9929fa76b2c418daa292b611a8c8d4b" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="o9929fa76b2c418daa292b611a8c8d4b" ma:taxonomyFieldName="ProductTerms" ma:displayName="Products" ma:default="5;#IPC|1dc975fa-2293-41b5-a978-a0b205d1621b" ma:fieldId="{89929fa7-6b2c-418d-aa29-2b611a8c8d4b}" ma:taxonomyMulti="true" ma:sspId="b7cc4b58-c774-4ac4-be00-07d3d2f14636" ma:termSetId="b9fadb6a-1c9e-45ea-aab9-f387e7979544" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="k41872b74db241a8893c32f19cce5244" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="k41872b74db241a8893c32f19cce5244" ma:taxonomyFieldName="IndustryTerms" ma:displayName="Industries" ma:readOnly="false" ma:fieldId="{441872b7-4db2-41a8-893c-32f19cce5244}" ma:taxonomyMulti="true" ma:sspId="b7cc4b58-c774-4ac4-be00-07d3d2f14636" ma:termSetId="617bbdb5-717e-4595-a6c7-778c5f801a20" ma:anchorId="aaa6e7d9-edc5-4257-ad3c-e91440ea06e4" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ReleaseDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <ApprovedForDistributon xmlns="http://schemas.microsoft.com/sharepoint/v3">false</ApprovedForDistributon>
+    <o9929fa76b2c418daa292b611a8c8d4b xmlns="f5dd35a6-3a03-4341-8254-f00a9627fe68">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">IPC</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">1dc975fa-2293-41b5-a978-a0b205d1621b</TermId>
+        </TermInfo>
+      </Terms>
+    </o9929fa76b2c418daa292b611a8c8d4b>
+    <VideoUrl xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <AdditionalSearchTerms xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <DescriptionEN xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <k41872b74db241a8893c32f19cce5244 xmlns="f5dd35a6-3a03-4341-8254-f00a9627fe68">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </k41872b74db241a8893c32f19cce5244>
+    <TaxCatchAll xmlns="f5dd35a6-3a03-4341-8254-f00a9627fe68">
+      <Value>5</Value>
+    </TaxCatchAll>
+    <BALanguage xmlns="http://schemas.microsoft.com/sharepoint/v3">English|englisch|EN</BALanguage>
+    <VideoDuration xmlns="http://schemas.microsoft.com/sharepoint/v3">0:00 min</VideoDuration>
+    <h6ce012b9ee54b2eab3cc72a7f2c3820 xmlns="f5dd35a6-3a03-4341-8254-f00a9627fe68">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </h6ce012b9ee54b2eab3cc72a7f2c3820>
+    <IsInternal xmlns="http://schemas.microsoft.com/sharepoint/v3">false</IsInternal>
+    <DescriptionDE xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A79592A-1E67-496A-9EE3-30063ECF8236}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7B7E2A5-1642-4881-8B34-434F22B446EC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A301DC6-A9D3-497F-8A88-9D304C553D6B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="f5dd35a6-3a03-4341-8254-f00a9627fe68"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B87F1803-A69C-43B1-B8CA-AB7F210B0205}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Tabelle1</vt:lpstr>
+      <vt:lpstr>表1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BECKHOFF Automation GmbH</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ipcNews_info_power_connector_v8.xls</dc:title>
+  <dc:title>Power connector product information v14 </dc:title>
   <dc:subject>power connector</dc:subject>
   <dc:creator>Michael Köster</dc:creator>
   <cp:keywords>power connector</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>info</cp:category>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IndustryTerms">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ProductTerms">
+    <vt:lpwstr>5;#IPC|1dc975fa-2293-41b5-a978-a0b205d1621b</vt:lpwstr>
+  </property>
+</Properties>
+</file>