--- v0 (2025-11-03)
+++ v1 (2025-12-24)
@@ -16,59 +16,59 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3B5DD3AE" w14:textId="5B93B65D" w:rsidR="00C901C1" w:rsidRDefault="005908A7" w:rsidP="00FE5500">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="DF0023"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="DF0023"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="307F870E" wp14:editId="4CC7EAFF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>113665</wp:posOffset>
@@ -80,64 +80,75 @@
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5415280" cy="487045"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="47240DE7" w14:textId="2DE36121" w:rsidR="00C901C1" w:rsidRDefault="00701F26" w:rsidP="00A93A56">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">TwinCAT HMI </w:t>
+                              <w:t>TwinCAT</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                                <w:b/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> HMI </w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Event</w:t>
                             </w:r>
                             <w:r w:rsidR="00CF2D1D">
                               <w:rPr>
                                 <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>Gird</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="00B968A7">
                               <w:rPr>
                                 <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                                 <w:b/>
@@ -148,117 +159,128 @@
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>控件</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>的使用方法</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1D192061" w14:textId="77777777" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
                             <w:pPr>
                               <w:ind w:firstLineChars="116" w:firstLine="419"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="470C8A99" w14:textId="77777777" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
                             <w:pPr>
                               <w:ind w:firstLineChars="116" w:firstLine="419"/>
                               <w:jc w:val="left"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="4D362478" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
                             <w:pPr>
                               <w:ind w:firstLineChars="0" w:firstLine="0"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                                <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="307F870E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="文本框 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:8.95pt;width:426.4pt;height:38.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDUWxJAAIAAPIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcG9ups5tGcVbprlJV&#10;irorpaueCYbYEjAUSOz013fA+VK7p6oXPMMbz8ebx/yh14ochPMtmIoWo5wSYTjUrdlV9PX76sOU&#10;Eh+YqZkCIyp6FJ4+LN6/m3d2JsbQgKqFI5jE+FlnK9qEYGdZ5nkjNPMjsMIgKMFpFtB1u6x2rMPs&#10;WmXjPL/LOnC1dcCF93j7NIB0kfJLKXh4ltKLQFRFsbeQTpfObTyzxZzNdo7ZpuWnNtg/dKFZa7Do&#10;JdUTC4zsXftXKt1yBx5kGHHQGUjZcpFmwGmK/I9pNg2zIs2C5Hh7ocn/v7T822FjXxwJ/WfocYGR&#10;kM76mcfLOE8vnY5f7JQgjhQeL7SJPhCOl5OymIynCHHEyul9Xk5imuz6t3U+fBGgSTQq6nAtiS12&#10;WPswhJ5DYjEDq1aptBplSFfRu4+TPP1wQTC5Mljj2mu0Qr/tTwNsoT7iXA6GlXvLVy0WXzMfXpjD&#10;HWO/qNvwjIdUgEXgZFHSgPv11n2MR+oRpaRDzVTU/9wzJyhRXw0u5VNRllFkySkn92N03C2yvUXM&#10;Xj8CyrLAF2J5MmN8UGdTOtA/UN7LWBUhZjjWrmg4m49hUDI+Dy6WyxSEsrIsrM3G8ph6oHO5DyDb&#10;xHSkaeDmxB4KK+3q9Aiicm/9FHV9qovfAAAA//8DAFBLAwQUAAYACAAAACEA1I9lXN4AAAAGAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDREsa4lRVpAoJwaGlF26b2E0i7HWI&#10;3Tbw9Syncpyd1cybYjU5K05mDL0nBfezBIShxuueWgX7981dBiJEJI3Wk1HwbQKsyuurAnPtz7Q1&#10;p11sBYdQyFFBF+OQSxmazjgMMz8YYu/gR4eR5dhKPeKZw52VaZIspMOeuKHDwVSdaT53R6fgpdq8&#10;4bZOXfZjq+fXw3r42n/Mlbq9mdZPIKKZ4uUZ/vAZHUpmqv2RdBBWAQ+JfH1cgmA3m6c8pFawfFiA&#10;LAv5H7/8BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAENRbEkAAgAA8gMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANSPZVzeAAAABgEAAA8AAAAA&#10;AAAAAAAAAAAAWgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="47240DE7" w14:textId="2DE36121" w:rsidR="00C901C1" w:rsidRDefault="00701F26" w:rsidP="00A93A56">
                       <w:pPr>
                         <w:ind w:firstLineChars="0" w:firstLine="0"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">TwinCAT HMI </w:t>
+                        <w:t>TwinCAT</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                          <w:b/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> HMI </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Event</w:t>
                       </w:r>
                       <w:r w:rsidR="00CF2D1D">
                         <w:rPr>
                           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>Gird</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidR="00B968A7">
                         <w:rPr>
                           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                           <w:b/>
@@ -269,268 +291,268 @@
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>控件</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>的使用方法</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1D192061" w14:textId="77777777" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
                       <w:pPr>
                         <w:ind w:firstLineChars="116" w:firstLine="419"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="470C8A99" w14:textId="77777777" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
                       <w:pPr>
                         <w:ind w:firstLineChars="116" w:firstLine="419"/>
                         <w:jc w:val="left"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="4D362478" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
                       <w:pPr>
                         <w:ind w:firstLineChars="0" w:firstLine="0"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+                          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C54F7A" w14:textId="78C78970" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="00FE5500">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="DF0023"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="82"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5524"/>
         <w:gridCol w:w="3548"/>
       </w:tblGrid>
       <w:tr w:rsidR="005908A7" w14:paraId="7B76A0A6" w14:textId="77777777" w:rsidTr="001A5EC9">
         <w:trPr>
           <w:trHeight w:val="1272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4618F4A6" w14:textId="6D43B35A" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk143862181"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="198E8990" w14:textId="1871AA01" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06792A99" w14:textId="5F265795" w:rsidR="005908A7" w:rsidRPr="009469ED" w:rsidRDefault="005908A7" w:rsidP="005908A7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLineChars="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009469ED">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>作者：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>余洋</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7163D15F" w14:textId="7FBA398C" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLineChars="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009469ED">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>职务：技术工程师</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D6426A5" w14:textId="77777777" w:rsidR="005908A7" w:rsidRPr="00D33F39" w:rsidRDefault="005908A7" w:rsidP="005908A7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLineChars="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>公司：BECKHOFF中国</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E9E0B4E" w14:textId="389AD56F" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="001A5EC9">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLineChars="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009469ED">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>邮箱</w:t>
             </w:r>
             <w:r w:rsidR="001A5EC9">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidRPr="005908A7">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>yang.yu@beckhoff.com.cn</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E9B6B78" w14:textId="45CEB052" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLineChars="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009469ED">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>日期：20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="009469ED">
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:szCs w:val="21"/>
@@ -596,72 +618,71 @@
                 <w:b/>
               </w:rPr>
               <w:t>摘</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>要：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A71F80A" w14:textId="68CC5BB3" w:rsidR="00C901C1" w:rsidRPr="00E25EE1" w:rsidRDefault="00701F26" w:rsidP="00701F26">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7A71F80A" w14:textId="68CC5BB3" w:rsidR="00C901C1" w:rsidRPr="00E25EE1" w:rsidRDefault="00701F26" w:rsidP="00584AF6">
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Twin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>CAT</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> HMI</w:t>
             </w:r>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>中有很多控件，其中</w:t>
             </w:r>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -804,68 +825,70 @@
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>ogger</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>拓展包、自定义</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Twin</w:t>
             </w:r>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>CAT</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>事件、编写</w:t>
             </w:r>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CF2D1D">
               <w:rPr>
                 <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
                 <w:color w:val="24292F"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -955,320 +978,325 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>件：</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="ac"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="166" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="887"/>
               <w:gridCol w:w="4466"/>
               <w:gridCol w:w="2987"/>
             </w:tblGrid>
             <w:tr w:rsidR="00C901C1" w14:paraId="333A63ED" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="887" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="065DE49E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00797B17">
+                <w:p w14:paraId="065DE49E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>序</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:t>号</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4466" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5B183C4A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00797B17">
+                <w:p w14:paraId="5B183C4A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>文件</w:t>
                   </w:r>
                   <w:r>
                     <w:t>名</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2987" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="4BCDDA3E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00797B17">
+                <w:p w14:paraId="4BCDDA3E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>备</w:t>
                   </w:r>
                   <w:r>
                     <w:t>注</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C901C1" w14:paraId="4D8C8169" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="887" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6218480C" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00797B17">
+                <w:p w14:paraId="6218480C" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4466" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="5890E31A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="0029123C" w:rsidP="00797B17">
+                <w:p w14:paraId="5890E31A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="0029123C" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="0029123C">
-                    <w:t xml:space="preserve">TwinCAT </w:t>
+                    <w:t>TwinCAT</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="0029123C">
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00701F26">
                     <w:t xml:space="preserve">HMI </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidR="00701F26">
                     <w:t>E</w:t>
                   </w:r>
                   <w:r w:rsidR="00701F26">
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>ventGird</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r w:rsidR="00701F26">
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidR="00701F26">
                     <w:t>T</w:t>
                   </w:r>
                   <w:r w:rsidR="00701F26">
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>est</w:t>
                   </w:r>
                   <w:r w:rsidR="00CF2D1D">
                     <w:t>.tnzip</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2987" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="4965481E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00701F26" w:rsidP="00797B17">
+                <w:p w14:paraId="4965481E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00701F26" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia"/>
                     </w:rPr>
                     <w:t>例程</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00C901C1" w14:paraId="619D0651" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="887" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="224D832C" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00797B17">
+                <w:p w14:paraId="224D832C" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4466" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="12ADE34A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00797B17">
+                <w:p w14:paraId="12ADE34A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2987" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="33F5391E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00797B17">
+                <w:p w14:paraId="33F5391E" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00482C4A" w14:paraId="3851532B" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="887" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="66DF670C" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="66DF670C" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4466" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="23811266" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="23811266" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2987" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="29ABA122" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="29ABA122" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00482C4A" w14:paraId="69206A97" w14:textId="77777777">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="887" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="463228D9" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="463228D9" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4466" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="0D55E21B" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="0D55E21B" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2987" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="32CFCE0C" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="32CFCE0C" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:ind w:firstLineChars="0" w:firstLine="0"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="60084A22" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00FE5500">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="422"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C901C1" w14:paraId="33D80ED8" w14:textId="77777777" w:rsidTr="001A5EC9">
         <w:trPr>
           <w:trHeight w:val="2724"/>
         </w:trPr>
@@ -1306,252 +1334,252 @@
               <w:tblInd w:w="166" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1276"/>
               <w:gridCol w:w="1134"/>
               <w:gridCol w:w="5983"/>
             </w:tblGrid>
             <w:tr w:rsidR="00C901C1" w14:paraId="6F7FC185" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="340"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="40004778" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00797B17">
+                <w:p w14:paraId="40004778" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="65C2993D" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00797B17">
+                <w:p w14:paraId="65C2993D" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5983" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="757DA069" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00797B17">
+                <w:p w14:paraId="757DA069" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00482C4A" w14:paraId="4DF0A101" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="340"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="74AA95A4" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="74AA95A4" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4F3BB11C" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="4F3BB11C" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5983" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="400654D1" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="400654D1" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00482C4A" w14:paraId="07DC02A3" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="340"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3945EE06" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="3945EE06" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4AC920E3" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="4AC920E3" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5983" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="20FF93F6" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="20FF93F6" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00482C4A" w14:paraId="1D4E2ECC" w14:textId="77777777">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="340"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6D1AB32D" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="6D1AB32D" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3458AA80" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="3458AA80" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5983" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="4891D2BB" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00797B17">
+                <w:p w14:paraId="4891D2BB" w14:textId="77777777" w:rsidR="00482C4A" w:rsidRDefault="00482C4A" w:rsidP="00584AF6">
                   <w:pPr>
                     <w:pStyle w:val="af2"/>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="82"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:szCs w:val="21"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="13300261" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00FE5500">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLine="422"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C901C1" w14:paraId="30EE6098" w14:textId="77777777" w:rsidTr="001A5EC9">
@@ -1582,1679 +1610,2003 @@
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55A48E5A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000" w:rsidP="00FE5500">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>我们已</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>对本文档描述的内容做测试。但是差错在所难免，无法保证绝对正确并完全满足您的使用需求。本文档的内容可能随时更新，如有改动，恕不事先通知，也欢迎您提出改进建议。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24F5E678" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00FE5500">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="089756EC" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00D907BE" w:rsidP="00D907BE">
+          <w:p w14:paraId="444F5411" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00D907BE" w:rsidP="00D907BE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D907BE">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>参考信息：</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="089756EC" w14:textId="77777777" w:rsidR="00584AF6" w:rsidRDefault="00584AF6" w:rsidP="00D907BE">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLineChars="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C901C1" w14:paraId="4FDA7D81" w14:textId="77777777" w:rsidTr="001A5EC9">
         <w:trPr>
           <w:trHeight w:val="1741"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="zh-CN"/>
               </w:rPr>
               <w:id w:val="-1683657864"/>
               <w:docPartObj>
                 <w:docPartGallery w:val="Table of Contents"/>
                 <w:docPartUnique/>
               </w:docPartObj>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
-              <w:p w14:paraId="2D78DFF5" w14:textId="7953B9C8" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
+              <w:p w14:paraId="2D78DFF5" w14:textId="7953B9C8" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="00584AF6">
                 <w:pPr>
                   <w:pStyle w:val="TOC"/>
+                  <w:spacing w:afterLines="200" w:after="624"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
+                    <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                     <w:lang w:val="zh-CN"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="005908A7">
                   <w:rPr>
                     <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                     <w:lang w:val="zh-CN"/>
                   </w:rPr>
                   <w:t>目</w:t>
                 </w:r>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                     <w:lang w:val="zh-CN"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
                 <w:r w:rsidRPr="005908A7">
                   <w:rPr>
                     <w:rFonts w:ascii="微软雅黑" w:eastAsia="微软雅黑" w:hAnsi="微软雅黑"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                     <w:lang w:val="zh-CN"/>
                   </w:rPr>
                   <w:t>录</w:t>
                 </w:r>
               </w:p>
-              <w:p w14:paraId="72221727" w14:textId="77777777" w:rsidR="005908A7" w:rsidRDefault="005908A7" w:rsidP="005908A7">
-[...6 lines deleted...]
-              <w:p w14:paraId="73C877AC" w14:textId="2F797964" w:rsidR="005908A7" w:rsidRDefault="005908A7">
+              <w:p w14:paraId="49BF26EF" w14:textId="6728261F" w:rsidR="00185168" w:rsidRDefault="005908A7" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r>
                   <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
                 </w:r>
                 <w:r>
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
-                <w:hyperlink w:anchor="_Toc144200232" w:history="1">
-                  <w:r w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736531" w:history="1">
+                  <w:r w:rsidR="00185168" w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
                     <w:t>1.</w:t>
                   </w:r>
-                  <w:r>
-[...1 lines deleted...]
-                      <w:noProof/>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidRPr="00311813">
+                  <w:r w:rsidR="00185168" w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>软硬件版本</w:t>
                   </w:r>
-                  <w:r>
-                    <w:rPr>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r>
-                    <w:rPr>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r>
-                    <w:rPr>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200232 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r w:rsidR="00185168">
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736531 \h</w:instrText>
+                  </w:r>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r w:rsidR="00185168">
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r>
-                    <w:rPr>
+                  <w:r w:rsidR="00185168">
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="6CA40030" w14:textId="2272FF47" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="4545760A" w14:textId="4A149C0B" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC2"/>
                   <w:tabs>
-                    <w:tab w:val="left" w:pos="1470"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
+                    <w:tab w:val="left" w:pos="1540"/>
                   </w:tabs>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:noProof/>
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="22"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200233" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736532" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>1.1.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...3 lines deleted...]
-                      <w:szCs w:val="22"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>控制硬件</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200233 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736532 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="6AA81145" w14:textId="341191FB" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="14CE47F6" w14:textId="601AB398" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC2"/>
                   <w:tabs>
-                    <w:tab w:val="left" w:pos="1470"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
+                    <w:tab w:val="left" w:pos="1540"/>
                   </w:tabs>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:noProof/>
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="22"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200234" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736533" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>1.2.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...3 lines deleted...]
-                      <w:szCs w:val="22"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>控制软件</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200234 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736533 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="4CAB6A31" w14:textId="050E11F4" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="48AB522D" w14:textId="0D22BB23" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200235" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736534" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
                     <w:t>2.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...1 lines deleted...]
-                      <w:noProof/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>准备工作</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200235 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736534 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="6715C9BE" w14:textId="4963984D" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="6F7C6FD2" w14:textId="658E4388" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200236" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736535" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
                     <w:t>3.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...1 lines deleted...]
-                      <w:noProof/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>TwinCAT</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>项目配置</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200236 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736535 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:t>4</w:t>
-[...2 lines deleted...]
-                    <w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="49E96619" w14:textId="082BB81B" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="13DAC593" w14:textId="287A313E" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC2"/>
                   <w:tabs>
-                    <w:tab w:val="left" w:pos="1470"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
+                    <w:tab w:val="left" w:pos="1540"/>
                   </w:tabs>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:noProof/>
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="22"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200237" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736536" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>3.1.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...3 lines deleted...]
-                      <w:szCs w:val="22"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>自定义</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>TwinCAT</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>事件</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200237 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736536 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:t>4</w:t>
-[...2 lines deleted...]
-                    <w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="19FEB263" w14:textId="10E43CDC" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="4ADA5CA9" w14:textId="2571C849" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC2"/>
                   <w:tabs>
-                    <w:tab w:val="left" w:pos="1470"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
+                    <w:tab w:val="left" w:pos="1540"/>
                   </w:tabs>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:noProof/>
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="22"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200238" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736537" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>3.2.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...3 lines deleted...]
-                      <w:szCs w:val="22"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>编写</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>PLC</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>程序</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200238 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736537 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="5B0E499E" w14:textId="476199B3" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="3621AB71" w14:textId="66569816" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200239" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736538" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
                     <w:t>4.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...1 lines deleted...]
-                      <w:noProof/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>配置</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>Event Gird</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>控件</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200239 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736538 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>11</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="4E2B2171" w14:textId="4BA87B63" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="44BAE50B" w14:textId="156895FF" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC2"/>
                   <w:tabs>
-                    <w:tab w:val="left" w:pos="1470"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
+                    <w:tab w:val="left" w:pos="1540"/>
                   </w:tabs>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:noProof/>
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="22"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200240" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736539" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>4.1.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...3 lines deleted...]
-                      <w:szCs w:val="22"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>Fliter</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200240 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736539 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>11</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="67AECD3B" w14:textId="4C4BFA4E" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="50F1AC6A" w14:textId="6E5255FB" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC2"/>
                   <w:tabs>
-                    <w:tab w:val="left" w:pos="1470"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
+                    <w:tab w:val="left" w:pos="1540"/>
                   </w:tabs>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
                     <w:noProof/>
-                    <w:szCs w:val="22"/>
+                    <w:sz w:val="22"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200241" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736540" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>4.2.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...3 lines deleted...]
-                      <w:szCs w:val="22"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>Columns</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200241 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736540 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:t>12</w:t>
-[...2 lines deleted...]
-                    <w:rPr>
+                    <w:t>11</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="380440D4" w14:textId="6B726C75" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="62703B0B" w14:textId="727B8A0D" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
+                    <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200242" w:history="1">
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736541" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
                     <w:t>5.</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-[...1 lines deleted...]
-                      <w:noProof/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>使用</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>Event Gird</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>控件</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200242 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736541 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>13</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="306972EB" w14:textId="56894160" w:rsidR="006E5495" w:rsidRPr="006E5495" w:rsidRDefault="00000000" w:rsidP="006E5495">
+              <w:p w14:paraId="0695FB5A" w14:textId="33A90BC1" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
+                    <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200242" w:history="1">
-[...6 lines deleted...]
-                  <w:r w:rsidR="006E5495" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736542" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
-                    <w:t>.</w:t>
-[...3 lines deleted...]
-                      <w:noProof/>
+                    <w:t>6.</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="006E5495" w:rsidRPr="00311813">
-[...20 lines deleted...]
-                  <w:r w:rsidR="006E5495">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
                       <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
-                    <w:t>ine</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="006E5495" w:rsidRPr="00311813">
+                    <w:t>使用</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                    </w:rPr>
+                    <w:t>Event Line</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DB0B15">
+                    <w:rPr>
+                      <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>控件</w:t>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200242 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="006E5495">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736542 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:t>13</w:t>
-[...2 lines deleted...]
-                    <w:rPr>
+                    <w:t>15</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="1637CA2D" w14:textId="387E12FF" w:rsidR="005908A7" w:rsidRDefault="00000000">
+              <w:p w14:paraId="42D863D1" w14:textId="60DBE71A" w:rsidR="00185168" w:rsidRDefault="00185168" w:rsidP="00185168">
                 <w:pPr>
                   <w:pStyle w:val="TOC1"/>
                   <w:tabs>
+                    <w:tab w:val="right" w:leader="dot" w:pos="-10"/>
                     <w:tab w:val="left" w:pos="840"/>
-                    <w:tab w:val="right" w:leader="dot" w:pos="8987"/>
                   </w:tabs>
                   <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
                     <w:noProof/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="24"/>
                     <w14:ligatures w14:val="standardContextual"/>
                   </w:rPr>
                 </w:pPr>
-                <w:hyperlink w:anchor="_Toc144200243" w:history="1">
-[...6 lines deleted...]
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                <w:hyperlink w:anchor="_Toc215736543" w:history="1">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w14:scene3d>
                         <w14:camera w14:prst="orthographicFront"/>
                         <w14:lightRig w14:rig="threePt" w14:dir="t">
                           <w14:rot w14:lat="0" w14:lon="0" w14:rev="0"/>
                         </w14:lightRig>
                       </w14:scene3d>
                     </w:rPr>
-                    <w:t>.</w:t>
-[...3 lines deleted...]
-                      <w:noProof/>
+                    <w:t>7.</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="24"/>
                       <w14:ligatures w14:val="standardContextual"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7" w:rsidRPr="00311813">
+                  <w:r w:rsidRPr="00DB0B15">
                     <w:rPr>
                       <w:rStyle w:val="af"/>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t>常见问题</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                    <w:instrText xml:space="preserve"> PAGEREF _Toc144200243 \h </w:instrText>
-[...1 lines deleted...]
-                  <w:r w:rsidR="005908A7">
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
-                  </w:r>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:instrText>PAGEREF _Toc215736543 \h</w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
+                    <w:instrText xml:space="preserve"> </w:instrText>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:webHidden/>
+                    </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="006E5495">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:t>16</w:t>
                   </w:r>
-                  <w:r w:rsidR="005908A7">
-                    <w:rPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:hint="eastAsia"/>
                       <w:noProof/>
                       <w:webHidden/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:hyperlink>
               </w:p>
-              <w:p w14:paraId="113474FA" w14:textId="67AB2063" w:rsidR="005908A7" w:rsidRDefault="005908A7">
+              <w:p w14:paraId="1D473575" w14:textId="027A24A4" w:rsidR="00C901C1" w:rsidRPr="00584AF6" w:rsidRDefault="005908A7" w:rsidP="00584AF6">
                 <w:pPr>
-                  <w:ind w:firstLine="422"/>
+                  <w:ind w:firstLineChars="199"/>
+                  <w:rPr>
+                    <w:rFonts w:hint="eastAsia"/>
+                  </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:lang w:val="zh-CN"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="5DEE628A" w14:textId="77777777" w:rsidR="00087707" w:rsidRDefault="00087707" w:rsidP="00095EB9">
-[...14 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C0D99F4" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1" w:rsidP="00087707">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C901C1">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="even" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="312"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="750CF5EB" w14:textId="77777777" w:rsidR="00145917" w:rsidRPr="00145917" w:rsidRDefault="00145917" w:rsidP="00FE5500">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc144109057"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc144200232"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc215736531"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>软硬件版本</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="0D433834" w14:textId="77777777" w:rsidR="00145917" w:rsidRDefault="00145917" w:rsidP="00FE5500">
       <w:pPr>
         <w:pStyle w:val="20"/>
         <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc144109058"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc144200233"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc215736532"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控制硬件</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="4F6819EC" w14:textId="4480AA3B" w:rsidR="00145917" w:rsidRDefault="006458FB" w:rsidP="00424E0E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>测试电脑（</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C94">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C94">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>indows</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C94">
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00BC2C94">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>专业版</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B7509E" w14:textId="77777777" w:rsidR="00145917" w:rsidRPr="00DE4181" w:rsidRDefault="00145917" w:rsidP="00FE5500">
+    <w:p w14:paraId="67B7509E" w14:textId="77777777" w:rsidR="00145917" w:rsidRPr="00DE4181" w:rsidRDefault="00145917" w:rsidP="00BB40A8">
       <w:pPr>
         <w:pStyle w:val="20"/>
-        <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="93" w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc144109059"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc144200234"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc215736533"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控制软件</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="7E9CAE16" w14:textId="77777777" w:rsidR="00145917" w:rsidRDefault="00BC2C94" w:rsidP="008735AF">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="7E9CAE16" w14:textId="5AEE672E" w:rsidR="00145917" w:rsidRDefault="00120ACE" w:rsidP="00BB40A8">
+      <w:pPr>
         <w:ind w:firstLineChars="0"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>CAT3</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>TwinCAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="004535F4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（文档测试版本为</w:t>
       </w:r>
       <w:r w:rsidR="004535F4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="004535F4">
         <w:t xml:space="preserve"> 3.1.</w:t>
       </w:r>
       <w:r w:rsidR="004535F4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="004535F4">
         <w:t>024.47</w:t>
       </w:r>
       <w:r w:rsidR="004535F4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BCF8963" w14:textId="77777777" w:rsidR="00C57548" w:rsidRDefault="00C57548" w:rsidP="008735AF">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="5BCF8963" w14:textId="1B52E802" w:rsidR="00C57548" w:rsidRDefault="00C57548" w:rsidP="00BB40A8">
+      <w:pPr>
         <w:ind w:firstLineChars="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>TwinCAT HMI</w:t>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TwinCAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> HMI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>开发组件</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t>E2000</w:t>
       </w:r>
+      <w:r w:rsidR="00584AF6">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v1.12.760.44</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16994582" w14:textId="379754C3" w:rsidR="00145917" w:rsidRPr="00BC2C94" w:rsidRDefault="00C57548" w:rsidP="008735AF">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="16994582" w14:textId="379754C3" w:rsidR="00145917" w:rsidRPr="00BC2C94" w:rsidRDefault="00C57548" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="100" w:after="312"/>
         <w:ind w:firstLineChars="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C57548">
         <w:t>Beckhoff.TwinCAT.HMI.EventLogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>uget</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>安装包</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110C53F0" w14:textId="77777777" w:rsidR="00BC2C94" w:rsidRDefault="00BC2C94" w:rsidP="00FE5500">
+    <w:p w14:paraId="110C53F0" w14:textId="77777777" w:rsidR="00BC2C94" w:rsidRDefault="00BC2C94" w:rsidP="00964C8F">
       <w:pPr>
         <w:pStyle w:val="10"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Toc144109060"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc144200235"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc215736534"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>准备工作</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="1D0A23AF" w14:textId="1E55CAD7" w:rsidR="007D21F2" w:rsidRDefault="004535F4" w:rsidP="00B02C5E">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="1D0A23AF" w14:textId="1E55CAD7" w:rsidR="007D21F2" w:rsidRDefault="004535F4" w:rsidP="00964C8F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
       <w:r w:rsidR="00C57548">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>使用</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C57548">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r w:rsidR="00C57548">
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00C57548">
         <w:rPr>
@@ -3334,138 +3686,140 @@
         </w:rPr>
         <w:t>组件中会有</w:t>
       </w:r>
       <w:r w:rsidR="007D21F2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r w:rsidR="007D21F2">
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r w:rsidR="007D21F2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r w:rsidR="007D21F2">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控件：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2718E248" w14:textId="22B56BD6" w:rsidR="007D21F2" w:rsidRDefault="007D21F2" w:rsidP="00B02C5E">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="2718E248" w14:textId="22B56BD6" w:rsidR="007D21F2" w:rsidRDefault="007D21F2" w:rsidP="00964C8F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19C9909E" wp14:editId="64BDD00B">
             <wp:extent cx="5713095" cy="2185670"/>
             <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
             <wp:docPr id="1514348867" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1514348867" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5713095" cy="2185670"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222E2A87" w14:textId="0B19777E" w:rsidR="00575466" w:rsidRDefault="007D21F2" w:rsidP="00B02C5E">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="222E2A87" w14:textId="0B19777E" w:rsidR="00575466" w:rsidRDefault="007D21F2" w:rsidP="00964C8F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>但是想要使用它，必须安装</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C57548">
         <w:t>Beckhoff.TwinCAT.HMI.EventLogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>这个额外的拓展组件，安装此组件最简单的方式是右键</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Packages</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>或者在</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r>
         <w:t>CAT</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>最上方的工具选择</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Nuget</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>包管理器</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00575466">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -3524,101 +3878,101 @@
                     <pic:cNvPr id="551489009" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3977985" cy="2103302"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3233341D" w14:textId="24F6B47B" w:rsidR="00680999" w:rsidRDefault="00575466" w:rsidP="00B02C5E">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="3233341D" w14:textId="24F6B47B" w:rsidR="00680999" w:rsidRDefault="00575466" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24B30454" wp14:editId="02B9CF14">
             <wp:extent cx="4740051" cy="1546994"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1506179292" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1506179292" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4740051" cy="1546994"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013BB41A" w14:textId="27768DF4" w:rsidR="00575466" w:rsidRPr="00575466" w:rsidRDefault="00575466" w:rsidP="00B02C5E">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="013BB41A" w14:textId="27768DF4" w:rsidR="00575466" w:rsidRPr="00575466" w:rsidRDefault="00575466" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>进入</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Nuget</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>包管理器之后选择合适的程序包源，有网络状态可以选</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -3677,171 +4031,189 @@
         </w:rPr>
         <w:t>ogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>包，放至自定义位置之后再自定义</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一个包源名称</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>就可以选择安装了。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193CF9E5" w14:textId="5C534A6F" w:rsidR="009D40EB" w:rsidRDefault="00575466" w:rsidP="00B02C5E">
+    <w:p w14:paraId="23503CD5" w14:textId="77777777" w:rsidR="00FB225F" w:rsidRDefault="00575466" w:rsidP="00B02C5E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00FB225F">
+          <w:headerReference w:type="default" r:id="rId22"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D49ED76" wp14:editId="08278E61">
             <wp:extent cx="5713095" cy="1336040"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="651521654" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="651521654" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22"/>
+                    <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5713095" cy="1336040"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="534B759F" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="009D40EB" w:rsidP="00A338D6">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc144109061"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc144200236"/>
-      <w:r>
+      <w:bookmarkStart w:id="10" w:name="_Toc215736535"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>win</w:t>
       </w:r>
       <w:r>
         <w:t>CAT</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>项目配置</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="10EC2DC8" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="009D40EB" w:rsidP="00A338D6">
+    <w:p w14:paraId="10EC2DC8" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="009D40EB" w:rsidP="00FB225F">
       <w:pPr>
         <w:pStyle w:val="20"/>
-        <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:beforeLines="0" w:before="0" w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc144109062"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc144200237"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc215736536"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>自定义</w:t>
       </w:r>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>win</w:t>
       </w:r>
       <w:r>
         <w:t>CAT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>事件</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="4FA4FD0A" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="009D40EB" w:rsidP="00A338D6">
+    <w:p w14:paraId="078C48FF" w14:textId="491C4FF4" w:rsidR="00A338D6" w:rsidRDefault="009D40EB" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>win</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">CAT HMI </w:t>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> HMI </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ventGird</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>的消息提示源于</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -3984,408 +4356,432 @@
         </w:rPr>
         <w:t>New</w:t>
       </w:r>
       <w:r w:rsidR="0038466F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>进入</w:t>
       </w:r>
       <w:r w:rsidR="0038466F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0038466F">
         <w:t>MC</w:t>
       </w:r>
       <w:r w:rsidR="0038466F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>编辑器新建一个自定义的事件：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078C48FF" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="00A338D6" w:rsidP="00A338D6"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2BD90261" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRPr="00A338D6" w:rsidRDefault="0038466F" w:rsidP="00FB225F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="708DE6CB" wp14:editId="0EDBE57F">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="6985"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="708DE6CB" wp14:editId="3F1A0EB7">
+            <wp:extent cx="5732068" cy="3261360"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="898589792" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="898589792" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23"/>
+                    <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="3250565"/>
+                      <a:ext cx="5737288" cy="3264330"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3D0F5E" w14:textId="77777777" w:rsidR="00166F4F" w:rsidRDefault="00166F4F" w:rsidP="00166F4F"/>
-    <w:p w14:paraId="2483519B" w14:textId="77777777" w:rsidR="0038466F" w:rsidRDefault="00460131" w:rsidP="00166F4F">
+    <w:p w14:paraId="41CF4F27" w14:textId="77777777" w:rsidR="00FB225F" w:rsidRDefault="00460131" w:rsidP="00FB225F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>下一步是在</w:t>
       </w:r>
       <w:r>
         <w:t>TMC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>编辑器里面</w:t>
       </w:r>
       <w:r w:rsidR="00617797">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>自定义事件内容，首先修改事件名，这个可以根据自己的想法随意修改：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDE7396" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="65B34610" w14:textId="77777777" w:rsidR="00FB225F" w:rsidRDefault="00617797" w:rsidP="00FB225F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00FB225F">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24FFF468" wp14:editId="0A500743">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="3810"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24FFF468" wp14:editId="0FEDADB4">
+            <wp:extent cx="4361609" cy="2164080"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="7620"/>
             <wp:docPr id="1204792602" name="图片 1" descr="图形用户界面, 文本, 应用程序, 电子邮件&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1204792602" name="图片 1" descr="图形用户界面, 文本, 应用程序, 电子邮件&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24"/>
+                    <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="2834640"/>
+                      <a:ext cx="4367730" cy="2167117"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27722380" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F"/>
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="60C8BCA4" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在此事件中，可以新增各种子事件，默认情况会自带一个，点击</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Events</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>可以新增或者删除事件：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF9C2F0" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="618EA8FF" w14:textId="340E3EEE" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00FB225F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B3341C6" wp14:editId="386F17C1">
             <wp:extent cx="4930567" cy="1737511"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1655565543" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1655565543" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25"/>
+                    <a:blip r:embed="rId26"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4930567" cy="1737511"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618EA8FF" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F"/>
-    <w:p w14:paraId="38F63C71" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F">
+    <w:p w14:paraId="597993EA" w14:textId="2190FE3D" w:rsidR="00617797" w:rsidRPr="00B619E9" w:rsidRDefault="00617797" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>子事件</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>中，可以修改事件名，修改事件等级和显示的事件内容：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597993EA" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="282C622F" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="18EF2440" wp14:editId="294E7CA0">
             <wp:extent cx="5601185" cy="3642676"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1261955402" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1261955402" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26"/>
+                    <a:blip r:embed="rId27"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5601185" cy="3642676"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BF6750" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F"/>
-    <w:p w14:paraId="4EEB316B" w14:textId="77777777" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00166F4F">
+    <w:p w14:paraId="4EEB316B" w14:textId="0B1B5CD2" w:rsidR="00617797" w:rsidRDefault="00617797" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="100" w:after="312"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>完成所有的自定义设置之后，便可关闭</w:t>
       </w:r>
       <w:r>
         <w:t>TMC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>编辑器，选择</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r>
         <w:t>CAT</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>中的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Save</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ll</w:t>
       </w:r>
       <w:r w:rsidR="007C441E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>即可。这样一来，自定义</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007C441E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r w:rsidR="007C441E">
         <w:t>CAT</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007C441E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>事件的步骤就完成了</w:t>
       </w:r>
+      <w:r w:rsidR="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2FD3A90B" w14:textId="77777777" w:rsidR="007C441E" w:rsidRPr="00166F4F" w:rsidRDefault="007C441E" w:rsidP="00166F4F"/>
-    <w:p w14:paraId="6608D64C" w14:textId="77777777" w:rsidR="00166F4F" w:rsidRDefault="007C441E" w:rsidP="00166F4F">
+    <w:p w14:paraId="6608D64C" w14:textId="77777777" w:rsidR="00166F4F" w:rsidRDefault="007C441E" w:rsidP="00B619E9">
       <w:pPr>
         <w:pStyle w:val="20"/>
-        <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:before="93" w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc144109063"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc144200238"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc215736537"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>编写</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>LC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>程序</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="7C121080" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="007C441E" w:rsidP="00A338D6">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="7C121080" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="007C441E" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>编辑完自定义</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r>
         <w:t>CAT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>事件之后，还需要编写相关的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -4419,110 +4815,100 @@
       <w:r>
         <w:t>EventLogger</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。接下来声明相对应的功能块并且调用其中的方法。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>LC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>程序的声明和调用如下所示：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0FF81B" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRPr="00680999" w:rsidRDefault="00A338D6" w:rsidP="00A338D6">
-[...6 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="6BAE1C84" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRPr="00F81A0D" w:rsidRDefault="00D55905" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="430FC3A4" wp14:editId="4ED14949">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="430FC3A4" wp14:editId="48535D91">
+            <wp:extent cx="4979157" cy="4351020"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="341735378" name="图片 1" descr="图形用户界面, 文本, 应用程序, 电子邮件&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="341735378" name="图片 1" descr="图形用户界面, 文本, 应用程序, 电子邮件&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27"/>
+                    <a:blip r:embed="rId28"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="4992370"/>
+                      <a:ext cx="4995045" cy="4364904"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1188E5B3" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRPr="00F81A0D" w:rsidRDefault="00A338D6" w:rsidP="00A338D6">
-[...6 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4BE0AD50" w14:textId="28E2489A" w:rsidR="00A338D6" w:rsidRDefault="00A338D6" w:rsidP="00B619E9">
+      <w:pPr>
         <w:ind w:firstLineChars="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>首先，</w:t>
       </w:r>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>必须声明功能块</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -4532,67 +4918,87 @@
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>B_TcEventLogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>这个功能块，可以理解为这个功能块就代表了</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">CAT3 </w:t>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B619E9">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55905">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ventLogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
@@ -4600,611 +5006,594 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>本体。其他的功能</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>块都是</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D55905">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>基于它的。其次，例程中还声明了其他两个消息以及警报功能块。以及声明了各种触发的引脚。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0565B321" w14:textId="77777777" w:rsidR="00056792" w:rsidRDefault="00D55905" w:rsidP="00B87219">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="111E9D1C" w14:textId="77777777" w:rsidR="00BB40A8" w:rsidRDefault="00D55905" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>在程序中，第一步是进行初始化，当</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>在程序中，第一步是进行初始化，当</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>b</w:t>
+        <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>nitalized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>被置为</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>I</w:t>
+        <w:t>RUE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>nitalized</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>时，分别调用</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>fbM</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>被置为</w:t>
-      </w:r>
+        <w:t>essage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>T</w:t>
+        <w:t>和</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>fb</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>RUE</w:t>
-      </w:r>
+        <w:t>Alarm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>时，分别调用</w:t>
+        <w:t>中的方法</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Create</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>fbM</w:t>
-      </w:r>
+        <w:t>EX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>essage</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>进行创建。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29959D08" w14:textId="783129D4" w:rsidR="00D55905" w:rsidRDefault="00B87219" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>和</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>以下是</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>fb</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Alarm</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>M</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>中的方法</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>essage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.CreateEx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Create</w:t>
-[...11 lines deleted...]
-      <w:r>
+        <w:t>方法的详细说明：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCC9BD5" w14:textId="77777777" w:rsidR="00B87219" w:rsidRDefault="00B87219" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>进行创建。</w:t>
-[...94 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DF56623" wp14:editId="5A5C26C7">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DF56623" wp14:editId="48124262">
+            <wp:extent cx="5257149" cy="3148330"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="1480620997" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1480620997" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...3 lines deleted...]
-                    </a:stretch>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId29"/>
+                    <a:srcRect b="1893"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="3487420"/>
+                      <a:ext cx="5283644" cy="3164197"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2783083B" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="00A338D6" w:rsidP="00A338D6">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="68DF8EB5" w14:textId="77777777" w:rsidR="00B87219" w:rsidRDefault="00B87219" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>这个方法一共有两个输入引脚：</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>这个方法一共有两个输入引脚：</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>st</w:t>
+        <w:t>ventEntry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>和</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>E</w:t>
+        <w:t>pS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ventEntry</w:t>
+        <w:t>ourceInfo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>和</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>前者是用户自己编辑的</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00056792">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Twin</w:t>
+      </w:r>
+      <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>pS</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ourceInfo</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>事件，也就是上一章节讲述的</w:t>
+      </w:r>
+      <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>。</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00056792">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>MC</w:t>
       </w:r>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>前者是用户自己编辑的</w:t>
-      </w:r>
+        <w:t>编辑器中的配置步骤，这里填的是自定义事件的名字，而</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Twin</w:t>
+        <w:t>ip</w:t>
       </w:r>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>CAT</w:t>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>事件，也就是上一章节讲述的</w:t>
-      </w:r>
+        <w:t>ouceInfo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...8 lines deleted...]
-        <w:t>MC</w:t>
+        <w:t>，本质上是一个接口，这里默认情况就填</w:t>
       </w:r>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>编辑器中的配置步骤，这里填的是自定义事件的名字，而</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidR="00056792">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ip</w:t>
-[...44 lines deleted...]
-        </w:rPr>
         <w:t>即可。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63729656" w14:textId="77777777" w:rsidR="00056792" w:rsidRDefault="00056792" w:rsidP="00A338D6">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="3DFE4040" w14:textId="17898E2A" w:rsidR="00056792" w:rsidRDefault="00056792" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="新宋体" w:eastAsia="新宋体" w:hAnsiTheme="minorHAnsi" w:cs="新宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>以下是</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
@@ -5228,814 +5617,796 @@
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>larm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.CreateEx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>方法的详细说明：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFE4040" w14:textId="77777777" w:rsidR="00056792" w:rsidRDefault="00056792" w:rsidP="00A338D6">
-[...3 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="6AB4FBD1" w14:textId="22278737" w:rsidR="00056792" w:rsidRDefault="00056792" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="新宋体" w:eastAsia="新宋体" w:hAnsiTheme="minorHAnsi" w:cs="新宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C4886DF" wp14:editId="256AE60A">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="8890"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C4886DF" wp14:editId="4C870A60">
+            <wp:extent cx="5551516" cy="4145280"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:docPr id="261738124" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="261738124" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...3 lines deleted...]
-                    </a:stretch>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId30"/>
+                    <a:srcRect t="709"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="4296410"/>
+                      <a:ext cx="5553381" cy="4146673"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB4FBD1" w14:textId="77777777" w:rsidR="00056792" w:rsidRDefault="00056792" w:rsidP="00A338D6">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="3C2D6900" w14:textId="77777777" w:rsidR="00056792" w:rsidRDefault="00056792" w:rsidP="00BB40A8">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>这个方法</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>和之前</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>的</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>fb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>essage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.CreateE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>非常类似，仅仅是多出了一个</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>OOL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>输入引脚，其含</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>定义</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>为“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>是否需要强制确认警报</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>”，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>指的是警报功能是否需要用户在解除警报之前进行确认。如果警报需要强制确认，用户必须采取行动，如输入代码或按下按钮，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>对应的是</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Comfirm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>方法。这里开放用户可以手动确认来消除警报，所以选择</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>RUE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35220A4E" w14:textId="77777777" w:rsidR="00AB4E73" w:rsidRPr="00AB4E73" w:rsidRDefault="00056792" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="新宋体" w:eastAsia="新宋体" w:hAnsiTheme="minorHAnsi" w:cs="新宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>当</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>这个方法</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>和之前</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>essage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>的</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>被置为</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>fb</w:t>
+        <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t>RUE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>essage</w:t>
+        <w:t>时，</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Twin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>.CreateE</w:t>
-      </w:r>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>x</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>发送创建的消息，用的方法为</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>非常类似，仅仅是多出了一个</w:t>
+        <w:t>fb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>B</w:t>
+        <w:t>essage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>OOL</w:t>
-      </w:r>
+        <w:t>.Send</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>输入引脚，其含</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>。</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>功能块</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB4E73">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>定义</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>bMessage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>为“</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>本身是没有这个方法的，但是它继承了</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB4E73">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>是否需要强制确认警报</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>B_TcEventBase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>”，</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>并且实现了</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB4E73">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>I_</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>指的是警报功能是否需要用户在解除警报之前进行确认。如果警报需要强制确认，用户必须采取行动，如输入代码或按下按钮，</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>TcMessage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>对应的是</w:t>
+        <w:t>接口。在</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Comfirm</w:t>
+        <w:t>I_</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
+        <w:rPr>
+          <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55"/>
+          <w:color w:val="24292F"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>TcMessage</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>方法。这里开放用户可以手动确认来消除警报，所以选择</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>中定义了</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t>Send</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E73">
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>。</w:t>
+        <w:t>方法：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35220A4E" w14:textId="77777777" w:rsidR="00AB4E73" w:rsidRPr="00AB4E73" w:rsidRDefault="00056792" w:rsidP="00AB4E73">
+    <w:p w14:paraId="75F21BFD" w14:textId="77777777" w:rsidR="00AB4E73" w:rsidRDefault="00AB4E73" w:rsidP="00BB40A8">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLineChars="0"/>
-[...305 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ali-55" w:hAnsi="ali-55" w:hint="eastAsia"/>
           <w:color w:val="24292F"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1107DCFC" wp14:editId="75B570BB">
             <wp:extent cx="5616427" cy="259102"/>
             <wp:effectExtent l="0" t="0" r="3810" b="7620"/>
             <wp:docPr id="1054114531" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1054114531" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30"/>
+                    <a:blip r:embed="rId31"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5616427" cy="259102"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6428A7F4" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="00AB4E73" w:rsidP="00797B17">
-      <w:pPr>
+    <w:p w14:paraId="06C01CFA" w14:textId="500D8457" w:rsidR="00AB4E73" w:rsidRPr="00166F4F" w:rsidRDefault="00AB4E73" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CB2B72F" wp14:editId="7F2A6CA6">
             <wp:extent cx="5713095" cy="3312795"/>
             <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
             <wp:docPr id="1450230777" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1450230777" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31"/>
+                    <a:blip r:embed="rId32"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5713095" cy="3312795"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C01CFA" w14:textId="77777777" w:rsidR="00AB4E73" w:rsidRPr="00166F4F" w:rsidRDefault="00AB4E73" w:rsidP="00A338D6"/>
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1324546D" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="00AB4E73" w:rsidP="00B619E9">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>这个方法仅有一个输入引脚，当该值为</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>时，选用的是当前的时间戳；当改制不为</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>时，选用外部时间戳。在本例程中，都使用本地时间戳，所以填</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>即可。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C79683" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="001C3945" w:rsidP="001C3945">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="2EAED45A" w14:textId="77777777" w:rsidR="00B619E9" w:rsidRDefault="001C3945" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:sectPr w:rsidR="00B619E9">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>同理，当</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>Alarm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>被置为</w:t>
       </w:r>
       <w:r>
@@ -6076,58 +6447,59 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>aise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>方法，其用法于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Send</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一模一样，这里就不赘述了。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE61347" w14:textId="77777777" w:rsidR="001C3945" w:rsidRDefault="001C3945" w:rsidP="001C3945">
-[...6 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="777E7603" w14:textId="4460C2BF" w:rsidR="001C3945" w:rsidRDefault="001C3945" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>最后，当</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>lear</w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -6160,106 +6532,104 @@
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>fb</w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>larm.</w:t>
       </w:r>
       <w:r>
         <w:t>Clear</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>方法：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777E7603" w14:textId="77777777" w:rsidR="001C3945" w:rsidRDefault="001C3945" w:rsidP="001C3945">
-[...6 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="270B20DB" w14:textId="4F1BE4C4" w:rsidR="00A338D6" w:rsidRDefault="001C3945" w:rsidP="00FB225F">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19970FB2" wp14:editId="5341EF03">
             <wp:extent cx="5713095" cy="4051935"/>
             <wp:effectExtent l="0" t="0" r="1905" b="5715"/>
             <wp:docPr id="1858452064" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;中度可信度描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1858452064" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;中度可信度描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId33"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5713095" cy="4051935"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="270B20DB" w14:textId="77777777" w:rsidR="00A338D6" w:rsidRDefault="00A338D6" w:rsidP="00A338D6"/>
-[...2 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="04154DA7" w14:textId="77777777" w:rsidR="00B619E9" w:rsidRDefault="00381EF6" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:sectPr w:rsidR="00B619E9">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>此方法</w:t>
       </w:r>
       <w:r w:rsidR="005F768E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>中有两个输入引脚：前者</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F768E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>是之前</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005F768E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
@@ -6340,304 +6710,311 @@
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="005F768E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>确认报警，所以此引脚被置为</w:t>
       </w:r>
       <w:r w:rsidR="005F768E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="005F768E">
         <w:t>RUE</w:t>
       </w:r>
       <w:r w:rsidR="005F768E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C91A657" w14:textId="77777777" w:rsidR="009A6BCA" w:rsidRDefault="009A6BCA" w:rsidP="00514B9B">
-[...4 lines deleted...]
-    </w:p>
     <w:p w14:paraId="45E5C7CA" w14:textId="262DB944" w:rsidR="00CE14BC" w:rsidRPr="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc144200239"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc215736538"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>配置</w:t>
       </w:r>
       <w:r w:rsidR="00947D65">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r w:rsidR="00947D65">
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r w:rsidR="00947D65">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r w:rsidR="00947D65">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控件</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="012B2E96" w14:textId="77777777" w:rsidR="002A3A79" w:rsidRPr="00A338D6" w:rsidRDefault="00A35532" w:rsidP="002A3A79">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="012B2E96" w14:textId="309D2735" w:rsidR="002A3A79" w:rsidRPr="00A338D6" w:rsidRDefault="00A35532" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r>
-        <w:t>CAT HMI</w:t>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> HMI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>中新建一个</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> G</w:t>
+      <w:r w:rsidR="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控件</w:t>
       </w:r>
       <w:r w:rsidR="00235840">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，简单的属性与其他普通控件基本一致，用户可以做参考和类比，这里也不赘述了。有两个比较重要的属性是</w:t>
       </w:r>
+      <w:r w:rsidR="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Event </w:t>
+      </w:r>
+      <w:r w:rsidR="00B619E9">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ird</w:t>
+      </w:r>
       <w:r w:rsidR="00235840">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>Event</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>特有的：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A6F280" w14:textId="77777777" w:rsidR="002A3A79" w:rsidRDefault="002A3A79" w:rsidP="002A3A79">
+    <w:p w14:paraId="70A6F280" w14:textId="77777777" w:rsidR="002A3A79" w:rsidRDefault="002A3A79" w:rsidP="00B619E9">
       <w:pPr>
         <w:pStyle w:val="20"/>
-        <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc144200240"/>
+        <w:spacing w:beforeLines="0" w:before="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc215736539"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Fliter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7B834EB6" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRPr="002A3A79" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="776FA934" w14:textId="17F5DAD2" w:rsidR="00CE14BC" w:rsidRPr="006D112B" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>顾名思义，这个属性就是改列表的过滤设置，在此可以设置错误的触发条件：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776FA934" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRPr="006D112B" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC"/>
-    <w:p w14:paraId="11BB314C" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRPr="00A35532" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="555ED865" w14:textId="666E8606" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11AD18A5" wp14:editId="38971D2D">
             <wp:extent cx="5713095" cy="1377315"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="1905538251" name="图片 1905538251"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="786516055" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33"/>
+                    <a:blip r:embed="rId34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5713095" cy="1377315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555ED865" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
-[...4 lines deleted...]
-    <w:p w14:paraId="32A085D7" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="32A085D7" w14:textId="16BCE51D" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>dd clause</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>：添加</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>语句</w:t>
       </w:r>
+      <w:r w:rsidR="00B345FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="533B5934" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="533B5934" w14:textId="67AE4301" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Delete</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6655,104 +7032,120 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>删除</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>语句</w:t>
       </w:r>
+      <w:r w:rsidR="00B345FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26DA0066" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="26DA0066" w14:textId="234D636B" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>And</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>/Or</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>：语句的逻辑组合方式</w:t>
       </w:r>
+      <w:r w:rsidR="00B345FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="144E2119" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="144E2119" w14:textId="6AEBC27B" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Path</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>：过滤</w:t>
       </w:r>
@@ -6817,331 +7210,344 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>、事件内容、报警状态、确认的状态等等）</w:t>
       </w:r>
+      <w:r w:rsidR="00B345FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="14587FF8" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="14587FF8" w14:textId="7190D4E1" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Operator</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>语句中的</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>运算符</w:t>
       </w:r>
+      <w:r w:rsidR="00B345FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2232164D" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRPr="006D112B" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="768E4D34" w14:textId="5C43A0AA" w:rsidR="00CE14BC" w:rsidRPr="00B345FB" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Value</w:t>
       </w:r>
       <w:r w:rsidRPr="006D112B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>事件输出的内容</w:t>
       </w:r>
+      <w:r w:rsidR="00B345FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="768E4D34" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRPr="006D112B" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC"/>
-    <w:p w14:paraId="4C34BDCC" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="4C34BDCC" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="20"/>
-        <w:spacing w:before="93" w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc144200241"/>
+        <w:spacing w:before="93"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc215736540"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Colum</w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="1E622955" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="1E622955" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>该属性可以设置在</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>中显示事件的哪些信息：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D85CC6" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00797B17">
+    <w:p w14:paraId="36D85CC6" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="184719C6" wp14:editId="7AB46CE9">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="7620"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="184719C6" wp14:editId="323390FA">
+            <wp:extent cx="4577920" cy="3749040"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="623598106" name="图片 623598106" descr="图形用户界面, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1583300605" name="图片 1" descr="图形用户界面, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34"/>
+                    <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="4678680"/>
+                      <a:ext cx="4596197" cy="3764008"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256BE8EE" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
-[...4 lines deleted...]
-    <w:p w14:paraId="37D3B380" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="4F9A0273" w14:textId="042FA9C9" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="0" w:firstLine="420"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Type</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：这里可以修改事件的类型，有两种选项：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Column</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Custom</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>olumn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。前者有默认的内容：比如事件类型，触发时间，是否被确认等等。后者可以显示自定义的内容。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9A0273" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
-[...6 lines deleted...]
-    <w:p w14:paraId="625CE485" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="625CE485" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:left="0" w:firstLine="420"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>Column</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ame</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：这里可以修改</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Column</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> N</w:t>
@@ -7248,1606 +7654,1519 @@
         </w:rPr>
         <w:t>无引号）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00986997">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>参数名来引用参数</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，如：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B7ADFE" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="20B7ADFE" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="af0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1140" w:firstLineChars="0" w:firstLine="0"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76C31862" wp14:editId="358B5D9D">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76C31862" wp14:editId="6D82A5C2">
+            <wp:extent cx="3474720" cy="197054"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="469729063" name="图片 469729063"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1493088614" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35"/>
+                    <a:blip r:embed="rId36"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4031329" cy="228620"/>
+                      <a:ext cx="3560772" cy="201934"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419A9D6C" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="1157F9F8" w14:textId="303BD99A" w:rsidR="00B619E9" w:rsidRDefault="00B619E9" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="af0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      </w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:firstLine="422"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>注：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>输入的参数</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>名需要</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>按照</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>小驼峰命名规则</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>录入，主要体现为</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>删除空格、首字母小写后续单次首字母大写</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>，因为在日志的详情页中属性的名称通常是大驼峰</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B619E9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>单次间空格，容易出现因为输入规则不清楚导致的功能无法实现问题</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="63962242" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC">
+    <w:p w14:paraId="40A135D0" w14:textId="1EA3E680" w:rsidR="00B619E9" w:rsidRDefault="00B619E9" w:rsidP="00B619E9">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A50036">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10CE875B" wp14:editId="5E2B7324">
+            <wp:extent cx="4312693" cy="3681314"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1554020759" name="图片 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId37">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4320800" cy="3688234"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63962242" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:firstLineChars="0"/>
+        <w:ind w:left="0" w:firstLine="420"/>
       </w:pPr>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>idth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：该设置可以更改显示内容在每一行中占有的宽度。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062CB0B2" w14:textId="77777777" w:rsidR="00CE14BC" w:rsidRPr="00CE14BC" w:rsidRDefault="00CE14BC" w:rsidP="00CE14BC"/>
-    <w:p w14:paraId="55E1E99F" w14:textId="40557D84" w:rsidR="00B968A7" w:rsidRPr="00B968A7" w:rsidRDefault="00CE14BC" w:rsidP="00F85ED0">
+    <w:p w14:paraId="55E1E99F" w14:textId="40557D84" w:rsidR="00B968A7" w:rsidRPr="00B968A7" w:rsidRDefault="00CE14BC" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="10"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc215736541"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>使用</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控件</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="56CC5A04" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRDefault="00B968A7" w:rsidP="00797B17">
-      <w:pPr>
+    <w:p w14:paraId="56CC5A04" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRDefault="00B968A7" w:rsidP="00B345FB">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28B92C55" wp14:editId="62E67A84">
             <wp:extent cx="5713095" cy="3465195"/>
             <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
             <wp:docPr id="1677868873" name="图片 1677868873" descr="图形用户界面, 应用程序, Word&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1207182501" name="图片 1" descr="图形用户界面, 应用程序, Word&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId38"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5713095" cy="3465195"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A642D0" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRDefault="00B968A7" w:rsidP="00B968A7"/>
-[...2 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="3C242CAF" w14:textId="44857A7D" w:rsidR="00B968A7" w:rsidRPr="00B345FB" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>如图所示，控件中有</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>个小按钮或者显示框，接下来依次讲解一下这些子控件：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C242CAF" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="52D2FDF4" w14:textId="6B2DA4E2" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>开启</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>关闭显示警报（警告、错误、关键性错误等等）</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52D2FDF4" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="03656551" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...49 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EF6F84A" wp14:editId="239FFCA9">
             <wp:extent cx="1996613" cy="571550"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="799155307" name="图片 799155307" descr="图形用户界面, 文本, 应用程序, 聊天或短信&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="722250874" name="图片 1" descr="图形用户界面, 文本, 应用程序, 聊天或短信&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37"/>
+                    <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1996613" cy="571550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63EC8893" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="0440596E" w14:textId="070DB6AD" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>开启</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>关闭显示消息</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B38543" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...49 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BACA7B3" wp14:editId="39AA62BB">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BACA7B3" wp14:editId="77F555FE">
+            <wp:extent cx="2110740" cy="554259"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1642231767" name="图片 1642231767" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2126526301" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38"/>
+                    <a:blip r:embed="rId40"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2118544" cy="556308"/>
+                      <a:ext cx="2131168" cy="559623"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090C2CF1" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="090C2CF1" w14:textId="35953183" w:rsidR="00B968A7" w:rsidRPr="00B345FB" w:rsidRDefault="00B345FB" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>（</w:t>
+        <w:t>开启</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>）</w:t>
+        <w:t>关闭显示</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>详细事件信息</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3324C59C" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="24BDC405" w14:textId="7B8462AA" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="589A7E91" wp14:editId="39F66A53">
-            <wp:extent cx="2423370" cy="594412"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="589A7E91" wp14:editId="7EC158D0">
+            <wp:extent cx="2346960" cy="575670"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="959857741" name="图片 959857741" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="261669767" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39"/>
+                    <a:blip r:embed="rId41"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2423370" cy="594412"/>
+                      <a:ext cx="2352904" cy="577128"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BDC405" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="1F15BF32" w14:textId="00100D31" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>开启</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>关闭显示消息类型的事件内容</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F0E09F" w14:textId="77777777" w:rsidR="00120ACE" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...59 lines deleted...]
-        </w:rPr>
+        <w:sectPr w:rsidR="00120ACE">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D59D056" wp14:editId="399A5972">
             <wp:extent cx="2370025" cy="632515"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="378840623" name="图片 378840623" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="96256441" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40"/>
+                    <a:blip r:embed="rId42"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2370025" cy="632515"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0A38E1" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="5F3508BF" w14:textId="3E9ACFF2" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>开启</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>关闭显示警告类型的事件内容</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F3508BF" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="02AD2878" w14:textId="7432E4A6" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...49 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71663AF6" wp14:editId="79F0D351">
             <wp:extent cx="2415749" cy="579170"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1063795054" name="图片 1063795054" descr="图形用户界面, 文本, 应用程序, 聊天或短信&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="289288315" name="图片 1" descr="图形用户界面, 文本, 应用程序, 聊天或短信&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41"/>
+                    <a:blip r:embed="rId43"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2415749" cy="579170"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02AD2878" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="47F629BB" w14:textId="2AED7F37" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>开启</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>关闭显示错误类型的事件内容</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47F629BB" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="60468A78" w14:textId="5F7AB27B" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...49 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26E7D69E" wp14:editId="27213F8B">
             <wp:extent cx="2301439" cy="624894"/>
             <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
             <wp:docPr id="1415384222" name="图片 1415384222" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1415384222" name="图片 1415384222" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42"/>
+                    <a:blip r:embed="rId44"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2301439" cy="624894"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60468A78" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="0D3B1329" w14:textId="203B05F4" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>开启</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>关闭显示关键性错误类型的事件内容</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0D3B1329" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="6A63D192" w14:textId="011E1465" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...48 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="418F90A9" wp14:editId="3BAD8314">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="418F90A9" wp14:editId="221CA5D3">
+            <wp:extent cx="2346960" cy="581222"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1160270244" name="图片 1160270244" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1033568814" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43"/>
+                    <a:blip r:embed="rId45"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2430991" cy="602032"/>
+                      <a:ext cx="2364406" cy="585542"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A63D192" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="126BB3CB" w14:textId="466E15C2" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>配置过滤器也同样可以在控件运行时操作</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="126BB3CB" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="6AE73E26" w14:textId="7A0115E5" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...32 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A8A6E63" wp14:editId="7BB97074">
             <wp:extent cx="1242168" cy="533446"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="612108534" name="图片 612108534" descr="图形用户界面, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="612108534" name="图片 612108534" descr="图形用户界面, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44"/>
+                    <a:blip r:embed="rId46"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1242168" cy="533446"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE73E26" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="44481B3C" w14:textId="1F79D692" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>配置事件显示的内容也同样可以在控件运行时操作</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D49A823" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...33 lines deleted...]
-        <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="141BFD97" wp14:editId="10DC4F9E">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="141BFD97" wp14:editId="0EE2CE6A">
+            <wp:extent cx="2148840" cy="710895"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1522725891" name="图片 1522725891" descr="日程表&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1522725891" name="图片 1522725891" descr="日程表&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45"/>
+                    <a:blip r:embed="rId47"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2027096" cy="670618"/>
+                      <a:ext cx="2180835" cy="721480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC40A4D" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="2DC40A4D" w14:textId="3B56E12A" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...23 lines deleted...]
-        <w:t>）确认选中的警报</w:t>
+        <w:t>确认选中的警报</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CBFFAB" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="311C18D7" w14:textId="16B1DCAB" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EE717FE" wp14:editId="329062EF">
             <wp:extent cx="1714649" cy="624894"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="71518723" name="图片 71518723" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1256890508" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46"/>
+                    <a:blip r:embed="rId48"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1714649" cy="624894"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311C18D7" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="1DF1C228" w14:textId="3A850BAC" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7B1E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>确认所有警报</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1DF1C228" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="73B6C140" w14:textId="406B4F7B" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...40 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7B1E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="683047CF" wp14:editId="1F3FBA00">
             <wp:extent cx="2164268" cy="602032"/>
             <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
             <wp:docPr id="1665228497" name="图片 1665228497" descr="图形用户界面, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="628648153" name="图片 1" descr="图形用户界面, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47"/>
+                    <a:blip r:embed="rId49"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2164268" cy="602032"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B6C140" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B968A7">
+    <w:p w14:paraId="4520A83D" w14:textId="705A47C1" w:rsidR="00B968A7" w:rsidRPr="00120ACE" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00120ACE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>显示事件的内容区域</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABF40B4" w14:textId="77777777" w:rsidR="00B345FB" w:rsidRDefault="00B968A7" w:rsidP="00120ACE">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...46 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00B345FB">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ACF57C2" wp14:editId="2F668B70">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ACF57C2" wp14:editId="45494428">
+            <wp:extent cx="5623560" cy="790061"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="41665168" name="图片 41665168" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="115073453" name="图片 1" descr="图形用户界面, 文本, 应用程序&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48"/>
+                    <a:blip r:embed="rId50"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="802640"/>
+                      <a:ext cx="5655631" cy="794567"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05638495" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRPr="00B968A7" w:rsidRDefault="00B968A7" w:rsidP="00B968A7"/>
-    <w:p w14:paraId="1F672BE3" w14:textId="202D7D13" w:rsidR="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00F85ED0">
+    <w:p w14:paraId="1F672BE3" w14:textId="202D7D13" w:rsidR="00AD7B1E" w:rsidRDefault="00B968A7" w:rsidP="00B345FB">
       <w:pPr>
         <w:pStyle w:val="10"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc215736542"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>使用</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>控件</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="55F000BC" w14:textId="499AE7FF" w:rsidR="00AD7B1E" w:rsidRDefault="00AD7B1E" w:rsidP="00AD7B1E">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="55F000BC" w14:textId="499AE7FF" w:rsidR="00AD7B1E" w:rsidRDefault="00AD7B1E" w:rsidP="00B345FB">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>是精简版，没有配置各种事件的按钮，只有事件内容的显示。也就是说，它的作用是仅仅显示</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">CAT </w:t>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ventlogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>所产生的内容。使用之前编写好</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
@@ -8861,766 +9180,814 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一致），然后将改控件拖动到界面当中即可：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FEE5A8" w14:textId="1F22A6F0" w:rsidR="00AD7B1E" w:rsidRPr="00AD7B1E" w:rsidRDefault="00F85ED0" w:rsidP="00F85ED0">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="76FEE5A8" w14:textId="1F22A6F0" w:rsidR="00AD7B1E" w:rsidRPr="00AD7B1E" w:rsidRDefault="00F85ED0" w:rsidP="00B345FB">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F6B1956" wp14:editId="1AB7AB0C">
             <wp:extent cx="2583404" cy="1425063"/>
             <wp:effectExtent l="0" t="0" r="7620" b="3810"/>
             <wp:docPr id="445708766" name="图片 1" descr="日程表&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="445708766" name="图片 1" descr="日程表&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49"/>
+                    <a:blip r:embed="rId51"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2583404" cy="1425063"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DDEF7F" w14:textId="27675D6F" w:rsidR="00B968A7" w:rsidRPr="00B968A7" w:rsidRDefault="00F85ED0" w:rsidP="00B968A7">
+    <w:p w14:paraId="0C7E1E35" w14:textId="3DF48095" w:rsidR="00B968A7" w:rsidRDefault="00F85ED0" w:rsidP="00010DB1">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43782445" wp14:editId="0A9DEA6B">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="1905" b="2540"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43782445" wp14:editId="5431F224">
+            <wp:extent cx="4747260" cy="2530606"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:docPr id="1198235609" name="图片 1" descr="图形用户界面, 文本&#10;&#10;中度可信度描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1198235609" name="图片 1" descr="图形用户界面, 文本&#10;&#10;中度可信度描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50"/>
+                    <a:blip r:embed="rId52"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5713095" cy="3045460"/>
+                      <a:ext cx="4749151" cy="2531614"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7E1E35" w14:textId="77777777" w:rsidR="00B968A7" w:rsidRDefault="00B968A7" w:rsidP="00396085">
-[...1 lines deleted...]
-        <w:pStyle w:val="Default"/>
+    <w:p w14:paraId="2BE2B888" w14:textId="77777777" w:rsidR="00010DB1" w:rsidRDefault="00F85ED0" w:rsidP="00010DB1">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Event</w:t>
+      </w:r>
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>有一个特殊的属性设置。当显示内容大于消息栏的长度时，可以选择自动滚动播放，设置路径为：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:r w:rsidR="00010DB1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>→</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>verflow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0374AD2F" w14:textId="77777777" w:rsidR="00010DB1" w:rsidRDefault="00010DB1" w:rsidP="00B345FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>该</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85ED0">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>属性一共有三种选项：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B18CFCE" w14:textId="581A4CED" w:rsidR="00010DB1" w:rsidRDefault="00F85ED0" w:rsidP="00B345FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:t>llipsis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：超出消息栏长度的事件内容会被截断</w:t>
+      </w:r>
+      <w:r w:rsidR="00120ACE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9FE4B6" w14:textId="77CD55C4" w:rsidR="00010DB1" w:rsidRDefault="00F85ED0" w:rsidP="00B345FB">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t>arqueeLeftToRight</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：事件内容从左往右进行滚动</w:t>
+      </w:r>
+      <w:r w:rsidR="00120ACE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659F1FE2" w14:textId="3315C521" w:rsidR="00396085" w:rsidRPr="00F85ED0" w:rsidRDefault="00F85ED0" w:rsidP="00010DB1">
+      <w:pPr>
+        <w:spacing w:afterLines="50" w:after="156"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t>arqueeRightToLeft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：事件内容从右往左进行滚动（下方的</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Mar</w:t>
+      </w:r>
+      <w:r>
+        <w:t>queeSpeed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>则是用来设置滚动的速度）：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F85B46" w14:textId="1B232FBE" w:rsidR="00F85ED0" w:rsidRPr="00396085" w:rsidRDefault="00F85ED0" w:rsidP="00010DB1">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...199 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E10F672" wp14:editId="4BCB5C8A">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E10F672" wp14:editId="35D2FC15">
+            <wp:extent cx="2697665" cy="1920240"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="3810"/>
             <wp:docPr id="663726965" name="图片 1" descr="图形用户界面&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="663726965" name="图片 1" descr="图形用户界面&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-[...3 lines deleted...]
-                    </a:stretch>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId53"/>
+                    <a:srcRect b="4264"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2644369" cy="1966130"/>
+                      <a:ext cx="2699920" cy="1921845"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F85B46" w14:textId="77777777" w:rsidR="00F85ED0" w:rsidRPr="00396085" w:rsidRDefault="00F85ED0" w:rsidP="00396085"/>
     <w:p w14:paraId="11786521" w14:textId="75450D05" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00396085">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc144200243"/>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc215736543"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>常见问题</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="00D714A3" w14:textId="77777777" w:rsidR="00331417" w:rsidRDefault="00396085" w:rsidP="00331417">
+    <w:p w14:paraId="00D714A3" w14:textId="0F1394EE" w:rsidR="00331417" w:rsidRPr="00010DB1" w:rsidRDefault="00396085" w:rsidP="00010DB1">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:left="0" w:firstLine="420"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010DB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>可以在</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010DB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Twin</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+      <w:r w:rsidRPr="00010DB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体"/>
+        </w:rPr>
+        <w:t>CAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010DB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010DB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>vent</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>中编辑带有中文的内容吗？</w:t>
+      <w:r w:rsidRPr="00010DB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>中编辑带有中文的内容吗</w:t>
+      </w:r>
+      <w:r w:rsidR="00010DB1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D9B9A6" w14:textId="4CFC29A9" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00331417">
+    <w:p w14:paraId="56B9667C" w14:textId="00F4BF77" w:rsidR="00331417" w:rsidRDefault="00396085" w:rsidP="00010DB1">
       <w:pPr>
         <w:pStyle w:val="af0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1260" w:firstLineChars="0" w:firstLine="0"/>
+        <w:spacing w:afterLines="100" w:after="312"/>
+        <w:ind w:leftChars="300" w:left="630"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>在</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>当中可以。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B9667C" w14:textId="77777777" w:rsidR="00331417" w:rsidRDefault="00331417" w:rsidP="00331417">
-[...6 lines deleted...]
-    <w:p w14:paraId="4D0D53E2" w14:textId="46E5DFCD" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00396085">
+    <w:p w14:paraId="4D0D53E2" w14:textId="61395A17" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00010DB1">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1260" w:firstLineChars="0"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:left="0" w:firstLine="420"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>有什么区别？</w:t>
+        <w:t>有什么区别</w:t>
+      </w:r>
+      <w:r w:rsidR="00010DB1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32591401" w14:textId="08A0AF37" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00396085">
+    <w:p w14:paraId="33930DB4" w14:textId="225549FF" w:rsidR="00331417" w:rsidRDefault="00396085" w:rsidP="00010DB1">
       <w:pPr>
         <w:pStyle w:val="af0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="1260" w:firstLineChars="0" w:firstLine="0"/>
+        <w:spacing w:afterLines="100" w:after="312"/>
+        <w:ind w:leftChars="300" w:left="630"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>接口都是</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00120ACE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>TwinCAT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00120ACE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>vent</w:t>
       </w:r>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ogger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>，没有区别，只不过更加简洁。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33930DB4" w14:textId="3072319F" w:rsidR="00331417" w:rsidRDefault="00331417" w:rsidP="00396085">
-[...6 lines deleted...]
-    <w:p w14:paraId="7FA1A7B0" w14:textId="29BDADB2" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00396085">
+    <w:p w14:paraId="7FA1A7B0" w14:textId="1EB129E1" w:rsidR="00396085" w:rsidRDefault="00396085" w:rsidP="00010DB1">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:left="0" w:firstLine="420"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>和</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00120ACE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>TwinCAT</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>软件底下的错误列表有什么关系？</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00120ACE">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>软件底下的错误列表有什么关系</w:t>
+      </w:r>
+      <w:r w:rsidR="00010DB1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E776A44" w14:textId="77777777" w:rsidR="00331417" w:rsidRDefault="00331417" w:rsidP="00331417">
+    <w:p w14:paraId="56E76EA1" w14:textId="3F0B8581" w:rsidR="00331417" w:rsidRDefault="00331417" w:rsidP="00010DB1">
       <w:pPr>
         <w:pStyle w:val="af0"/>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:afterLines="50" w:after="156"/>
+        <w:ind w:leftChars="300" w:left="630"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>可以理解为是精简版，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Event</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ird</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>显示的内容一定会同时也在</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Error</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>下方产生，</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>Error</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>还带一些系统的报错或提示：</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56E76EA1" w14:textId="793A30C6" w:rsidR="00331417" w:rsidRDefault="00331417" w:rsidP="00331417">
-[...29 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0AC9BDEB" w14:textId="77777777" w:rsidR="00010DB1" w:rsidRDefault="00331417" w:rsidP="00391FA0">
+      <w:pPr>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="487A8735" wp14:editId="1A4F8F53">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="487A8735" wp14:editId="456975DF">
+            <wp:extent cx="5089876" cy="2110740"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:docPr id="1973464488" name="图片 1" descr="图形用户界面, 文本, 电子邮件&#10;&#10;描述已自动生成"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1973464488" name="图片 1" descr="图形用户界面, 文本, 电子邮件&#10;&#10;描述已自动生成"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52"/>
+                    <a:blip r:embed="rId54"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3623600" cy="1502684"/>
+                      <a:ext cx="5151292" cy="2136209"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF7E0E2" w14:textId="7F554B5F" w:rsidR="00797B17" w:rsidRDefault="00797B17" w:rsidP="00355527">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="160ED6EB" w14:textId="77777777" w:rsidR="00010DB1" w:rsidRDefault="00010DB1" w:rsidP="00010DB1">
+      <w:pPr>
+        <w:ind w:firstLineChars="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00010DB1">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
+          <w:cols w:space="425"/>
+          <w:docGrid w:type="lines" w:linePitch="312"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="06396A42" w14:textId="77777777" w:rsidR="00514B9B" w:rsidRPr="00355527" w:rsidRDefault="00514B9B" w:rsidP="00355527">
       <w:pPr>
         <w:pStyle w:val="Default"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097B26EE" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="CM27"/>
         <w:ind w:firstLine="422"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
@@ -9664,51 +10031,78 @@
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>中国上海市</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>静安区汶水路</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 299 弄 9号（市</w:t>
+        <w:t xml:space="preserve"> 299 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>弄</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>号（市</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>北智汇</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>园）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F9003A" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="CM55"/>
@@ -9811,51 +10205,78 @@
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>北京市西城区新</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>街口北大街</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 号新街高和大厦 407 室</w:t>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>号新街高和大厦</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 407 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>室</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B74DAC" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="CM27"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>电话</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
@@ -9933,51 +10354,87 @@
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>广州分公司</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E42DC70" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="CM46"/>
         <w:ind w:right="722"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>广州市天河区珠江新城珠江东路32号利通广场1303室</w:t>
+        <w:t>广州市天河区珠江新城珠江东路</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>号利通广场</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1303</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>室</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="360F68EA" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="CM46"/>
         <w:ind w:right="722"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>电话</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -9990,51 +10447,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>邮箱</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>: guangzhou@beckhoff.com.cn</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>guangzhou@beckhoff.com.cn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0838A3A4" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1"/>
     <w:p w14:paraId="7FEA7AC1" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:firstLine="422"/>
         <w:rPr>
@@ -10047,51 +10513,78 @@
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>成都分公司</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61743672" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="CM55"/>
         <w:ind w:right="1362"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">成都市锦江区东御街18号 </w:t>
+        <w:t>成都市锦江区东御街</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>号</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>百扬大厦</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>2305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:color w:val="000000"/>
@@ -10224,51 +10717,51 @@
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7790EE1B" wp14:editId="0E0B670A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>61595</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>78105</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1741170" cy="1741170"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="234" name="图片 234"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="234" name="图片 234"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53">
+                          <a:blip r:embed="rId55">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1741017" cy="1741017"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
@@ -10678,192 +11171,190 @@
           <w:tcPr>
             <w:tcW w:w="4046" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="34C3625F" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46A1A81C" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1CDEF591" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
       <w:pPr>
         <w:pStyle w:val="22"/>
         <w:ind w:firstLineChars="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C901C1">
-      <w:headerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1247" w:right="1469" w:bottom="1091" w:left="1440" w:header="851" w:footer="543" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D392BF2" w14:textId="77777777" w:rsidR="0015318A" w:rsidRDefault="0015318A">
+    <w:p w14:paraId="5BB49C07" w14:textId="77777777" w:rsidR="0051572E" w:rsidRDefault="0051572E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3297C249" w14:textId="77777777" w:rsidR="0015318A" w:rsidRDefault="0015318A">
+    <w:p w14:paraId="3D6E7271" w14:textId="77777777" w:rsidR="0051572E" w:rsidRDefault="0051572E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:altName w:val="SimHei"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ali-55">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Malgun Gothic Semilight"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAEFF" w:usb1="F9DFFFFF" w:usb2="0000007F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新宋体">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="147021CE" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68585B31" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="20AF661B" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -10906,163 +11397,163 @@
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="ae"/>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>页</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0B0EB517" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E23CDA1" w14:textId="77777777" w:rsidR="0015318A" w:rsidRDefault="0015318A">
+    <w:p w14:paraId="5B21525C" w14:textId="77777777" w:rsidR="0051572E" w:rsidRDefault="0051572E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21DC7AE3" w14:textId="77777777" w:rsidR="0015318A" w:rsidRDefault="0015318A">
+    <w:p w14:paraId="3EC5DCB3" w14:textId="77777777" w:rsidR="0051572E" w:rsidRDefault="0051572E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50E14311" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="080F323F" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0169A277" wp14:editId="4C8A512C">
           <wp:extent cx="1120775" cy="337185"/>
           <wp:effectExtent l="0" t="0" r="3175" b="5715"/>
-          <wp:docPr id="882685204" name="图片 882685204"/>
+          <wp:docPr id="1838438701" name="图片 1838438701"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="46" name="图片 46"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1180854" cy="355803"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="320A32F9" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00C901C1">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B30E57D" w14:textId="77777777" w:rsidR="00C901C1" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:ind w:firstLineChars="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7158E9B0" wp14:editId="7B09EF08">
           <wp:extent cx="1120775" cy="337185"/>
           <wp:effectExtent l="0" t="0" r="3175" b="5715"/>
           <wp:docPr id="861040685" name="图片 861040685"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="45" name="图片 45"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
@@ -11078,52 +11569,141 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1180854" cy="355803"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11D70CC7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0A80FEA"/>
+    <w:lvl w:ilvl="0" w:tplc="22466046">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="（%1）"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D4B0CC4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1D4B0CC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11166,51 +11746,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4200" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DEB71F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED8252D8"/>
+    <w:lvl w:ilvl="0" w:tplc="22466046">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="（%1）"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="238965B4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="238965B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="chineseCountingThousand"/>
       <w:pStyle w:val="1"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11253,51 +11922,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2940" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28051514"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BFE65562"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11402,51 +12071,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30212CDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30212CDA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="840" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11488,51 +12157,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4200" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33D95616"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE7677A4"/>
     <w:lvl w:ilvl="0" w:tplc="043CC988">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11577,51 +12246,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3940" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34D918CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80500ED4"/>
     <w:lvl w:ilvl="0" w:tplc="43463AC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="880" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -11666,51 +12335,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3080" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3520" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="360340DF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="360340DF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="10"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
@@ -11834,51 +12503,140 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1276" w:hanging="1276"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1418" w:hanging="1418"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1559" w:hanging="1559"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38B65B23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="596635BA"/>
+    <w:lvl w:ilvl="0" w:tplc="536CCE7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="440" w:hanging="440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="880" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1760" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3080" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3520" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44FC3F6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57EC7544"/>
     <w:lvl w:ilvl="0" w:tplc="FF5274FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="auto"/>
         <w:sz w:val="21"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="440"/>
       </w:pPr>
@@ -11925,51 +12683,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3940" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BA538B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C55C0A00"/>
     <w:lvl w:ilvl="0" w:tplc="5832E786">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12014,51 +12772,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3940" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FB06324"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D2EA372"/>
     <w:lvl w:ilvl="0" w:tplc="E6281344">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1240" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12103,51 +12861,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3440" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3880" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="508E2559"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="508E2559"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -12192,51 +12950,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4200" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA3567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2CF89D4A"/>
     <w:lvl w:ilvl="0" w:tplc="CFD246F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12281,51 +13039,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3940" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="703020A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A9C521A"/>
     <w:lvl w:ilvl="0" w:tplc="2B469434">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12370,51 +13128,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3940" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71103369"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1944A698"/>
     <w:lvl w:ilvl="0" w:tplc="98627654">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="（%1）"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1300" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -12460,60 +13218,60 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3500" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3940" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1955287351">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="38360947">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1234120960">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1234120960">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4" w16cid:durableId="1382747801">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0" w:tentative="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="10"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="425" w:hanging="425"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="20"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="567" w:hanging="567"/>
         </w:pPr>
@@ -12635,57 +13393,57 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1418" w:hanging="1418"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8" w:tentative="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1559" w:hanging="1559"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="334848090">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="205484565">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="155852758">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0" w:tentative="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="10"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="425" w:hanging="425"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:pStyle w:val="20"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="567" w:hanging="567"/>
         </w:pPr>
@@ -12807,667 +13565,687 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1418" w:hanging="1418"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8" w:tentative="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1559" w:hanging="1559"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="700518693">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="879246340">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1122379869">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="979463279">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="872812880">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1685092659">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="601767226">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="601767226">
+  <w:num w:numId="15" w16cid:durableId="934048501">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1017582095">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1663391207">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2120950961">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1577545239">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="391393913">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1841847333">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="766074281">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1887721942">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1119763968">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1539734799">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="880367038">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="603196764">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="790444337">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1221556652">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1717583730">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="31" w16cid:durableId="865679751">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1653757394">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1200432534">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="420"/>
+  <w:defaultTabStop w:val="210"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="6A91546D"/>
     <w:rsid w:val="000004EF"/>
     <w:rsid w:val="00003A18"/>
     <w:rsid w:val="0000477A"/>
+    <w:rsid w:val="00010DB1"/>
     <w:rsid w:val="00013342"/>
     <w:rsid w:val="00014576"/>
     <w:rsid w:val="00020A12"/>
     <w:rsid w:val="0002173A"/>
     <w:rsid w:val="00024A8F"/>
     <w:rsid w:val="000441E3"/>
     <w:rsid w:val="00051AEB"/>
     <w:rsid w:val="00056792"/>
     <w:rsid w:val="00061244"/>
     <w:rsid w:val="0006294A"/>
     <w:rsid w:val="00067D51"/>
     <w:rsid w:val="0007723D"/>
     <w:rsid w:val="0008578C"/>
     <w:rsid w:val="0008668B"/>
     <w:rsid w:val="00087707"/>
     <w:rsid w:val="000908FE"/>
     <w:rsid w:val="00092E2C"/>
     <w:rsid w:val="00095EB9"/>
     <w:rsid w:val="000A37D0"/>
     <w:rsid w:val="000B35F1"/>
     <w:rsid w:val="000B648D"/>
     <w:rsid w:val="000F086F"/>
     <w:rsid w:val="000F5D5D"/>
     <w:rsid w:val="00104089"/>
+    <w:rsid w:val="00120ACE"/>
+    <w:rsid w:val="001247C8"/>
     <w:rsid w:val="0013107E"/>
     <w:rsid w:val="001438F2"/>
     <w:rsid w:val="00145917"/>
     <w:rsid w:val="0015318A"/>
     <w:rsid w:val="00166F4F"/>
     <w:rsid w:val="00183517"/>
+    <w:rsid w:val="00185168"/>
     <w:rsid w:val="00185F3B"/>
     <w:rsid w:val="001A3C30"/>
     <w:rsid w:val="001A5EC9"/>
     <w:rsid w:val="001B09BF"/>
     <w:rsid w:val="001B4CD4"/>
     <w:rsid w:val="001B6F6D"/>
     <w:rsid w:val="001C3945"/>
     <w:rsid w:val="001D379D"/>
     <w:rsid w:val="001E2852"/>
     <w:rsid w:val="00205D45"/>
     <w:rsid w:val="00206B56"/>
     <w:rsid w:val="00213114"/>
     <w:rsid w:val="00216745"/>
     <w:rsid w:val="00235840"/>
     <w:rsid w:val="002429DC"/>
     <w:rsid w:val="00250044"/>
     <w:rsid w:val="002539E8"/>
     <w:rsid w:val="0026581D"/>
     <w:rsid w:val="00267E71"/>
     <w:rsid w:val="0029123C"/>
     <w:rsid w:val="002A3A79"/>
     <w:rsid w:val="002B6BEF"/>
     <w:rsid w:val="002C3CB9"/>
     <w:rsid w:val="002C55B9"/>
     <w:rsid w:val="002D34F2"/>
     <w:rsid w:val="002F7A0D"/>
     <w:rsid w:val="003138DD"/>
+    <w:rsid w:val="00327304"/>
     <w:rsid w:val="00331417"/>
     <w:rsid w:val="003515F9"/>
     <w:rsid w:val="00354E17"/>
     <w:rsid w:val="00355527"/>
     <w:rsid w:val="003561B5"/>
     <w:rsid w:val="00360EAB"/>
     <w:rsid w:val="00362DFC"/>
     <w:rsid w:val="00365F81"/>
     <w:rsid w:val="00370F11"/>
     <w:rsid w:val="00374CB2"/>
     <w:rsid w:val="00381EF6"/>
     <w:rsid w:val="0038466F"/>
+    <w:rsid w:val="00391FA0"/>
     <w:rsid w:val="00396085"/>
     <w:rsid w:val="003A1D97"/>
     <w:rsid w:val="003A5AA8"/>
     <w:rsid w:val="003B0084"/>
     <w:rsid w:val="003B1E06"/>
     <w:rsid w:val="003B215B"/>
     <w:rsid w:val="003B5300"/>
     <w:rsid w:val="003C2C0E"/>
     <w:rsid w:val="003C5002"/>
     <w:rsid w:val="003F7CD5"/>
     <w:rsid w:val="00401C35"/>
     <w:rsid w:val="004069A1"/>
     <w:rsid w:val="00406BA6"/>
     <w:rsid w:val="00414654"/>
     <w:rsid w:val="0041687E"/>
     <w:rsid w:val="00422C11"/>
     <w:rsid w:val="00424E0E"/>
     <w:rsid w:val="00452634"/>
     <w:rsid w:val="004535F4"/>
     <w:rsid w:val="004537CE"/>
     <w:rsid w:val="00460131"/>
     <w:rsid w:val="00475CF1"/>
     <w:rsid w:val="0047650C"/>
     <w:rsid w:val="00482C4A"/>
     <w:rsid w:val="00485020"/>
     <w:rsid w:val="004967FA"/>
     <w:rsid w:val="00497696"/>
     <w:rsid w:val="004A6071"/>
     <w:rsid w:val="004C7EAB"/>
     <w:rsid w:val="004D73E3"/>
     <w:rsid w:val="004E48FE"/>
     <w:rsid w:val="004F2514"/>
     <w:rsid w:val="004F4008"/>
     <w:rsid w:val="00514B9B"/>
+    <w:rsid w:val="0051572E"/>
     <w:rsid w:val="00523147"/>
     <w:rsid w:val="0052495C"/>
     <w:rsid w:val="00526473"/>
     <w:rsid w:val="005303FA"/>
     <w:rsid w:val="00533DAC"/>
     <w:rsid w:val="00560AF6"/>
     <w:rsid w:val="00575466"/>
     <w:rsid w:val="00583806"/>
+    <w:rsid w:val="00584AF6"/>
     <w:rsid w:val="00584D0C"/>
     <w:rsid w:val="00587B3A"/>
     <w:rsid w:val="005908A7"/>
     <w:rsid w:val="00597816"/>
     <w:rsid w:val="005A159D"/>
     <w:rsid w:val="005A5C80"/>
     <w:rsid w:val="005C02A6"/>
     <w:rsid w:val="005C12E2"/>
     <w:rsid w:val="005D5E13"/>
     <w:rsid w:val="005E0AD8"/>
     <w:rsid w:val="005F768E"/>
     <w:rsid w:val="00600CC2"/>
     <w:rsid w:val="00617797"/>
     <w:rsid w:val="00623397"/>
     <w:rsid w:val="00624502"/>
     <w:rsid w:val="00633A70"/>
     <w:rsid w:val="00635A24"/>
     <w:rsid w:val="006458FB"/>
     <w:rsid w:val="00656263"/>
     <w:rsid w:val="0066279F"/>
     <w:rsid w:val="00664DD7"/>
     <w:rsid w:val="00670875"/>
     <w:rsid w:val="00676538"/>
     <w:rsid w:val="00680999"/>
     <w:rsid w:val="00696258"/>
     <w:rsid w:val="006D112B"/>
     <w:rsid w:val="006D69BF"/>
     <w:rsid w:val="006D7BAB"/>
     <w:rsid w:val="006E09C0"/>
     <w:rsid w:val="006E2498"/>
     <w:rsid w:val="006E5495"/>
+    <w:rsid w:val="006E79E6"/>
     <w:rsid w:val="006F6CDC"/>
     <w:rsid w:val="00701F26"/>
     <w:rsid w:val="00702445"/>
     <w:rsid w:val="007220F8"/>
     <w:rsid w:val="00723FA2"/>
     <w:rsid w:val="00733147"/>
     <w:rsid w:val="007418EF"/>
     <w:rsid w:val="00742572"/>
     <w:rsid w:val="00747CBF"/>
     <w:rsid w:val="00761384"/>
     <w:rsid w:val="007724A0"/>
+    <w:rsid w:val="00777C56"/>
     <w:rsid w:val="00777EF5"/>
     <w:rsid w:val="00780DE7"/>
     <w:rsid w:val="007867F0"/>
     <w:rsid w:val="007910FA"/>
     <w:rsid w:val="00797B17"/>
     <w:rsid w:val="007B2CBD"/>
     <w:rsid w:val="007C441E"/>
     <w:rsid w:val="007D21F2"/>
     <w:rsid w:val="007F582B"/>
     <w:rsid w:val="00801343"/>
     <w:rsid w:val="00823B38"/>
     <w:rsid w:val="00825B49"/>
     <w:rsid w:val="008269C3"/>
     <w:rsid w:val="00837FA0"/>
     <w:rsid w:val="00841C03"/>
     <w:rsid w:val="008506DB"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="008735AF"/>
     <w:rsid w:val="00876265"/>
     <w:rsid w:val="00891267"/>
     <w:rsid w:val="00893748"/>
     <w:rsid w:val="008C7ED0"/>
     <w:rsid w:val="008E0588"/>
     <w:rsid w:val="008E13EC"/>
     <w:rsid w:val="008F46E7"/>
     <w:rsid w:val="009074B1"/>
     <w:rsid w:val="0091198B"/>
     <w:rsid w:val="00914748"/>
     <w:rsid w:val="009238FE"/>
     <w:rsid w:val="0092547B"/>
     <w:rsid w:val="0092678F"/>
     <w:rsid w:val="009313E7"/>
     <w:rsid w:val="00940218"/>
     <w:rsid w:val="009469ED"/>
     <w:rsid w:val="00947554"/>
     <w:rsid w:val="00947D65"/>
     <w:rsid w:val="00950F47"/>
     <w:rsid w:val="0096060A"/>
     <w:rsid w:val="00962E20"/>
+    <w:rsid w:val="00964C8F"/>
     <w:rsid w:val="009802D9"/>
     <w:rsid w:val="009830A3"/>
     <w:rsid w:val="00983F3C"/>
     <w:rsid w:val="00986997"/>
     <w:rsid w:val="00993C03"/>
     <w:rsid w:val="009A0513"/>
     <w:rsid w:val="009A405B"/>
     <w:rsid w:val="009A6BCA"/>
     <w:rsid w:val="009A7626"/>
     <w:rsid w:val="009B3355"/>
     <w:rsid w:val="009B4509"/>
     <w:rsid w:val="009C2330"/>
     <w:rsid w:val="009D40EB"/>
     <w:rsid w:val="009D7097"/>
     <w:rsid w:val="00A00267"/>
     <w:rsid w:val="00A02CCD"/>
     <w:rsid w:val="00A10FC3"/>
     <w:rsid w:val="00A12A38"/>
     <w:rsid w:val="00A20E1F"/>
     <w:rsid w:val="00A25285"/>
     <w:rsid w:val="00A30665"/>
     <w:rsid w:val="00A338D6"/>
     <w:rsid w:val="00A33A94"/>
     <w:rsid w:val="00A35532"/>
     <w:rsid w:val="00A47C10"/>
@@ -13475,64 +14253,67 @@
     <w:rsid w:val="00A61B69"/>
     <w:rsid w:val="00A67582"/>
     <w:rsid w:val="00A72429"/>
     <w:rsid w:val="00A77550"/>
     <w:rsid w:val="00A81725"/>
     <w:rsid w:val="00A853DC"/>
     <w:rsid w:val="00A900B1"/>
     <w:rsid w:val="00A93A56"/>
     <w:rsid w:val="00AA4CF3"/>
     <w:rsid w:val="00AB06DF"/>
     <w:rsid w:val="00AB4E73"/>
     <w:rsid w:val="00AB7C60"/>
     <w:rsid w:val="00AC4332"/>
     <w:rsid w:val="00AC5685"/>
     <w:rsid w:val="00AD5281"/>
     <w:rsid w:val="00AD7B1E"/>
     <w:rsid w:val="00AE0BAE"/>
     <w:rsid w:val="00AE7F7A"/>
     <w:rsid w:val="00AF2AA8"/>
     <w:rsid w:val="00AF5D50"/>
     <w:rsid w:val="00AF6D96"/>
     <w:rsid w:val="00B02C5E"/>
     <w:rsid w:val="00B14016"/>
     <w:rsid w:val="00B20B65"/>
     <w:rsid w:val="00B30B6D"/>
+    <w:rsid w:val="00B345FB"/>
     <w:rsid w:val="00B50D5F"/>
     <w:rsid w:val="00B57600"/>
+    <w:rsid w:val="00B619E9"/>
     <w:rsid w:val="00B736CD"/>
     <w:rsid w:val="00B8012E"/>
     <w:rsid w:val="00B81E1F"/>
     <w:rsid w:val="00B85726"/>
     <w:rsid w:val="00B87219"/>
     <w:rsid w:val="00B873AB"/>
     <w:rsid w:val="00B9172B"/>
     <w:rsid w:val="00B968A7"/>
     <w:rsid w:val="00B97F5F"/>
     <w:rsid w:val="00BA1A33"/>
     <w:rsid w:val="00BB23E2"/>
     <w:rsid w:val="00BB37F8"/>
+    <w:rsid w:val="00BB40A8"/>
     <w:rsid w:val="00BC0C98"/>
     <w:rsid w:val="00BC2C94"/>
     <w:rsid w:val="00BD5709"/>
     <w:rsid w:val="00BD58FA"/>
     <w:rsid w:val="00BD5DEB"/>
     <w:rsid w:val="00BE5F8D"/>
     <w:rsid w:val="00BE7DEF"/>
     <w:rsid w:val="00BF0DFE"/>
     <w:rsid w:val="00BF1A5D"/>
     <w:rsid w:val="00BF37DC"/>
     <w:rsid w:val="00C035AF"/>
     <w:rsid w:val="00C03F0F"/>
     <w:rsid w:val="00C06603"/>
     <w:rsid w:val="00C1182A"/>
     <w:rsid w:val="00C12C14"/>
     <w:rsid w:val="00C15FFD"/>
     <w:rsid w:val="00C2123D"/>
     <w:rsid w:val="00C215B3"/>
     <w:rsid w:val="00C2558A"/>
     <w:rsid w:val="00C44159"/>
     <w:rsid w:val="00C528E8"/>
     <w:rsid w:val="00C57548"/>
     <w:rsid w:val="00C61329"/>
     <w:rsid w:val="00C85566"/>
     <w:rsid w:val="00C901C1"/>
@@ -13564,98 +14345,100 @@
     <w:rsid w:val="00DF3985"/>
     <w:rsid w:val="00E1040C"/>
     <w:rsid w:val="00E148A0"/>
     <w:rsid w:val="00E16E93"/>
     <w:rsid w:val="00E22B97"/>
     <w:rsid w:val="00E25EE1"/>
     <w:rsid w:val="00E343FD"/>
     <w:rsid w:val="00E453B7"/>
     <w:rsid w:val="00E5259D"/>
     <w:rsid w:val="00E71323"/>
     <w:rsid w:val="00E71514"/>
     <w:rsid w:val="00E71F2F"/>
     <w:rsid w:val="00E73F48"/>
     <w:rsid w:val="00E74B13"/>
     <w:rsid w:val="00E767FF"/>
     <w:rsid w:val="00E773EB"/>
     <w:rsid w:val="00E91C02"/>
     <w:rsid w:val="00E96FD6"/>
     <w:rsid w:val="00EA4701"/>
     <w:rsid w:val="00EE4A9E"/>
     <w:rsid w:val="00F02B2B"/>
     <w:rsid w:val="00F12662"/>
     <w:rsid w:val="00F35128"/>
     <w:rsid w:val="00F4019C"/>
     <w:rsid w:val="00F42689"/>
+    <w:rsid w:val="00F4360E"/>
     <w:rsid w:val="00F45E95"/>
     <w:rsid w:val="00F5203D"/>
     <w:rsid w:val="00F52746"/>
     <w:rsid w:val="00F81969"/>
     <w:rsid w:val="00F81A0D"/>
     <w:rsid w:val="00F85ED0"/>
     <w:rsid w:val="00F8737A"/>
     <w:rsid w:val="00F97B4A"/>
+    <w:rsid w:val="00FB225F"/>
     <w:rsid w:val="00FC61ED"/>
     <w:rsid w:val="00FD3D7D"/>
     <w:rsid w:val="00FD5AF7"/>
     <w:rsid w:val="00FE32D5"/>
     <w:rsid w:val="00FE5500"/>
     <w:rsid w:val="00FF5259"/>
     <w:rsid w:val="6A91546D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61663290"/>
   <w15:docId w15:val="{46BC4D8D-0BE3-47F5-86F1-DD4864F0F64F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14652,51 +15435,51 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00095EB9"/>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41566804">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="86773977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14763,51 +15546,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2138834295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\jibinwang\Desktop\TwinCAT3&#28201;&#24230;&#25511;&#21046;&#24211;&#20351;&#29992;&#35828;&#26126;.doc.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -15088,126 +15871,50 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...74 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="文档" ma:contentTypeID="0x010100A29FE69F3656CE4F8A3E8BC0CCBBE7DA" ma:contentTypeVersion="6" ma:contentTypeDescription="新建文档。" ma:contentTypeScope="" ma:versionID="eb512beaeb52951714103945ed019b1c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fe959d5d-a6f0-4a07-803f-3052bcb8b604" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee31dbcf9ace9322d6cda1ec3e06c3e2" ns2:_="">
     <xsd:import namespace="fe959d5d-a6f0-4a07-803f-3052bcb8b604"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fe959d5d-a6f0-4a07-803f-3052bcb8b604" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="文档 ID 值" ma:description="分配至此项的文档 ID 值。" ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
@@ -15308,130 +16015,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps>
+    <customSectPr/>
+    <customSectPr/>
+    <customSectPr/>
+  </customSectProps>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1042B1B9-668A-40A5-87B3-32F4D5170A00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D74E3841-33E2-49DA-8902-56ECFEBED00B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fe959d5d-a6f0-4a07-803f-3052bcb8b604"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7812667C-BAAB-4DCD-9DFF-556DBB471B73}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1042B1B9-668A-40A5-87B3-32F4D5170A00}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{417419F8-9618-407D-A006-A650B3DD67B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D74E3841-33E2-49DA-8902-56ECFEBED00B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7812667C-BAAB-4DCD-9DFF-556DBB471B73}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F7B1C12-170D-4D55-980F-A0A04E2AF828}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TwinCAT3温度控制库使用说明.doc.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>4792</Characters>
+  <Pages>17</Pages>
+  <Words>852</Words>
+  <Characters>4858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5621</CharactersWithSpaces>
+  <CharactersWithSpaces>5699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A29FE69F3656CE4F8A3E8BC0CCBBE7DA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>9939ff26-9c31-4da0-bd8f-c5b0e83fd0ec</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
     <vt:lpwstr>4B70D2C2EA4648CFA182A8F7798D29FC</vt:lpwstr>